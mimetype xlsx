--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,221 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>07/10/2024 14:48:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
   </si>
   <si>
     <t>c_1051506</t>
-  </si>
-[...40 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399347/fr/tracutil-solution-a-diluer-pour-perfusion-ampoule-de-10ml-boite-de-5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -240,196 +171,37 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...157 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>