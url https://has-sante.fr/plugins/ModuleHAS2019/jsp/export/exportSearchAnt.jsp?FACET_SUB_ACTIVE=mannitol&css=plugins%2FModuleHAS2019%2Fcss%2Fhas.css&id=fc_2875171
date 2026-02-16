--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,743 +1,2052 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="370" uniqueCount="217">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2002 17:51:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Dispositifs de perfusion à domicile et prestations associées : Révision de catégories homogènes de dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Révision de catégories homogènes de dispositifs médicaux faisant suite à la saisine du ministère de la Santé et de la Prévention (direction de la Sécurité sociale) du 18 octobre 2023 en vue du programme de travail de la HAS pour 2024 concernant ces dispositifs et prestations</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 09:25:08</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+    <t>https://www.has-sante.fr/jcms/p_3609430/fr/dispositifs-de-perfusion-a-domicile-et-prestations-associees-revision-de-categories-homogenes-de-dispositifs-medicaux</t>
+  </si>
+  <si>
+    <t>p_3609430</t>
+  </si>
+  <si>
+    <t>Saisine (LPP)</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>NEBUSAL</t>
+  </si>
+  <si>
+    <t>21/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2020 09:07:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202969/fr/nebusal</t>
+  </si>
+  <si>
+    <t>p_3202969</t>
+  </si>
+  <si>
+    <t>Solution stérile de chlorure de sodium à 7% pour nébulisation</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>LARS</t>
+  </si>
+  <si>
+    <t>04/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2019 11:52:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896182/fr/lars</t>
+  </si>
+  <si>
+    <t>c_2896182</t>
+  </si>
+  <si>
+    <t>Ligament artificiel pour le genou</t>
+  </si>
+  <si>
+    <t>LARS SA</t>
+  </si>
+  <si>
+    <t>HAPPYVISC</t>
+  </si>
+  <si>
+    <t>20/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/03/2018 08:35:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830382/fr/happyvisc</t>
+  </si>
+  <si>
+    <t>c_2830382</t>
+  </si>
+  <si>
+    <t>Gel viscoélastique d’acide hyaluronique et de mannitol pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>Laboratoire de Rhumatologie Appliquée</t>
+  </si>
+  <si>
+    <t>SALITOL 7%</t>
+  </si>
+  <si>
+    <t>16/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 15:08:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2039958/fr/salitol-7</t>
+  </si>
+  <si>
+    <t>c_2039958</t>
+  </si>
+  <si>
+    <t>PARI  GmbH</t>
+  </si>
+  <si>
+    <t>Acide hyaluronique pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>10/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2015 17:37:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021467/fr/happyvisc</t>
+  </si>
+  <si>
+    <t>c_2021467</t>
+  </si>
+  <si>
+    <t>MUCOCLEAR</t>
+  </si>
+  <si>
+    <t>28/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2008 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713689/fr/mucoclear</t>
+  </si>
+  <si>
+    <t>c_713689</t>
+  </si>
+  <si>
+    <t>PARI GmbH Allemagne</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire</t>
+  </si>
+  <si>
+    <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>31/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
+  </si>
+  <si>
+    <t>c_991247</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Hypophosphatémies héréditaires à FGF23 élevé  (dont hypophosphatémies liées à l’x)</t>
+  </si>
+  <si>
+    <t>14/05/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849265/fr/hypophosphatemies-hereditaires-a-fgf23-eleve-dont-hypophosphatemies-liees-a-l-x</t>
+  </si>
+  <si>
+    <t>c_2849265</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
+  </si>
+  <si>
+    <t>Évaluer l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel du côlon jugé à faible risque d’envahissement ganglionnaire</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Assessment of anti-Müllerian hormone serum assay - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749006/en/assessment-of-anti-mullerian-hormone-serum-assay-inahta-brief</t>
+    <t>Évaluation du dosage sérique de l’hormone anti-müllérienne</t>
+  </si>
+  <si>
+    <t>Évaluation des performances pré-analytiques, analytiques et diagnostiques ou pronostiques ainsi que de la pertinence de l’acte de dosage sérique de l’hormone anti-müllérienne en vue de son inscription à la Nomenclature des actes de biologie médicale</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>26/07/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749006/fr/evaluation-du-dosage-serique-de-l-hormone-anti-mullerienne</t>
   </si>
   <si>
     <t>c_2749006</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...2 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
+  </si>
+  <si>
+    <t>c_1024762</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 septembre 2021</t>
+  </si>
+  <si>
+    <t>01/09/2021 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284404/fr/commission-de-la-transparence-reunion-a-distance-du-8-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284404</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 juillet 2021</t>
+  </si>
+  <si>
+    <t>01/07/2021 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275434/fr/commission-de-la-transparence-reunion-a-distance-du-7-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3275434</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 03 avril 2018</t>
+  </si>
+  <si>
+    <t>03/04/2018 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839265/fr/cnedimts-reunion-du-03-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2839265</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 septembre 2012</t>
+  </si>
+  <si>
+    <t>05/09/2012 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1292285/fr/commission-de-la-transparence-reunion-du-5-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1292285</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 juin 2010</t>
+  </si>
+  <si>
+    <t>02/06/2010 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_955315/fr/commission-de-la-transparence-reunion-du-2-juin-2010</t>
+  </si>
+  <si>
+    <t>c_955315</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PERISOC, solution de cardioplégie / solution pour conservation d’organe</t>
   </si>
   <si>
-    <t>10/04/2021 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290199/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>04/10/2021 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290199/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
   <si>
     <t>p_3290199</t>
   </si>
   <si>
     <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,histidine,chlorhydrate d’histidine monohydraté,tryptophane,mannitol,acide α-cétoglutarique</t>
   </si>
   <si>
     <t>Laboratoire SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3287329/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>https://www.has-sante.fr/jcms/p_3287329/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+  </si>
+  <si>
+    <t>CELSIOR (potassium (chlorure de)/ calcium (chlorure de) dihydraté/ magnésium (c...)</t>
+  </si>
+  <si>
+    <t>05/09/2019 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982716/fr/celsior-potassium-chlorure-de-/-calcium-chlorure-de-dihydrate/-magnesium-c</t>
+  </si>
+  <si>
+    <t>pprd_2982716</t>
+  </si>
+  <si>
+    <t>potassium (chlorure de),calcium (chlorure de) dihydraté,magnésium (chlorure de) hexahydraté,acide glutamique,sodium (hydroxyde de),mannitol,glutathion,histidine,lactobionique (acide)</t>
+  </si>
+  <si>
+    <t>INSTITUT GEORGES LOPEZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973834/fr/celsior-potassium-chlorure-de-/-calcium-chlorure-de-dihydrate/-magnesium-c</t>
+  </si>
+  <si>
+    <t>MANNITOL LAVOISIER (mannitol)</t>
+  </si>
+  <si>
+    <t>05/01/2016 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984270/fr/mannitol-lavoisier-mannitol</t>
+  </si>
+  <si>
+    <t>pprd_2984270</t>
+  </si>
+  <si>
+    <t>mannitol</t>
+  </si>
+  <si>
+    <t>CHAIX ET DU MARAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400872/fr/mannitol-aguettant-20-solution-pour-perfusion-en-flacon-de-250-ml-boite-de-1-flacon-cip-344-580-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996912/fr/mannitol-aguettant-mannitol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585574/fr/mannitol-lavoisier-mannitol</t>
   </si>
   <si>
     <t>BRONCHITOL (mannitol)</t>
   </si>
   <si>
-    <t>05/21/2013 16:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984998/en/bronchitol-mannitol</t>
+    <t>21/05/2013 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984998/fr/bronchitol-mannitol</t>
   </si>
   <si>
     <t>pprd_2984998</t>
   </si>
   <si>
-    <t>mannitol</t>
-[...1 lines deleted...]
-  <si>
     <t>NOVEX PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1319232/en/bronchitol</t>
+    <t>https://www.has-sante.fr/jcms/c_1319232/fr/bronchitol-mannitol</t>
   </si>
   <si>
     <t>ARIDOL (mannitol)</t>
   </si>
   <si>
-    <t>06/16/2011 17:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985267/en/aridol-mannitol</t>
+    <t>16/06/2011 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985267/fr/aridol-mannitol</t>
   </si>
   <si>
     <t>pprd_2985267</t>
   </si>
   <si>
     <t>Laboratoire PRAXIS PHARMACEUTICAL FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_962469/en/aridol</t>
+    <t>https://www.has-sante.fr/jcms/c_962469/fr/aridol-mannitol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J2" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
+        <v>25</v>
+      </c>
+      <c r="J3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
+        <v>32</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" t="s">
+        <v>39</v>
+      </c>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6" t="s">
+        <v>45</v>
+      </c>
+      <c r="I6" t="s">
+        <v>15</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7" t="s">
+        <v>51</v>
+      </c>
+      <c r="I7" t="s">
+        <v>47</v>
+      </c>
+      <c r="J7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8" t="s">
+        <v>56</v>
+      </c>
+      <c r="I8" t="s">
+        <v>15</v>
+      </c>
+      <c r="J8" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
-[...103 lines deleted...]
-        <v>51</v>
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K4"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="B2" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="H2" t="s">
-        <v>59</v>
-[...8 lines deleted...]
-        <v>62</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="B3" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>73</v>
       </c>
       <c r="E3" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="H3" t="s">
-        <v>66</v>
-[...8 lines deleted...]
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="B4" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="H4" t="s">
-        <v>73</v>
+        <v>81</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>65</v>
+      </c>
+      <c r="B5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C5" t="s">
+        <v>83</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>84</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>85</v>
+      </c>
+      <c r="H5" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>65</v>
+      </c>
+      <c r="B6" t="s">
+        <v>87</v>
+      </c>
+      <c r="C6" t="s">
+        <v>88</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>89</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>90</v>
+      </c>
+      <c r="H6" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>92</v>
+      </c>
+      <c r="C7" t="s">
+        <v>93</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>94</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>95</v>
+      </c>
+      <c r="H7" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>97</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>98</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>99</v>
+      </c>
+      <c r="H8" t="s">
+        <v>100</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D2" t="s">
+        <v>104</v>
+      </c>
+      <c r="E2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>106</v>
+      </c>
+      <c r="H2" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D3" t="s">
+        <v>110</v>
+      </c>
+      <c r="E3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>112</v>
+      </c>
+      <c r="H3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C4" t="s">
+        <v>115</v>
+      </c>
+      <c r="D4" t="s">
+        <v>116</v>
+      </c>
+      <c r="E4" t="s">
+        <v>117</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>118</v>
+      </c>
+      <c r="H4" t="s">
+        <v>119</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E2" t="s">
+        <v>124</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>125</v>
+      </c>
+      <c r="H2" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C3" t="s">
+        <v>128</v>
+      </c>
+      <c r="D3" t="s">
+        <v>129</v>
+      </c>
+      <c r="E3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>131</v>
+      </c>
+      <c r="H3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>120</v>
+      </c>
+      <c r="B4" t="s">
+        <v>133</v>
+      </c>
+      <c r="C4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D4" t="s">
+        <v>135</v>
+      </c>
+      <c r="E4" t="s">
+        <v>136</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>137</v>
+      </c>
+      <c r="H4" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>120</v>
+      </c>
+      <c r="B5" t="s">
+        <v>139</v>
+      </c>
+      <c r="C5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D5" t="s">
+        <v>141</v>
+      </c>
+      <c r="E5" t="s">
+        <v>142</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>143</v>
+      </c>
+      <c r="H5" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>120</v>
+      </c>
+      <c r="B6" t="s">
+        <v>145</v>
+      </c>
+      <c r="C6" t="s">
+        <v>146</v>
+      </c>
+      <c r="D6" t="s">
+        <v>147</v>
+      </c>
+      <c r="E6" t="s">
+        <v>148</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>149</v>
+      </c>
+      <c r="H6" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>120</v>
+      </c>
+      <c r="B7" t="s">
+        <v>151</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>152</v>
+      </c>
+      <c r="E7" t="s">
+        <v>153</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>154</v>
+      </c>
+      <c r="H7" t="s">
+        <v>155</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>157</v>
+      </c>
+      <c r="B2" t="s">
+        <v>158</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H2" t="s">
+        <v>161</v>
+      </c>
+      <c r="I2" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>165</v>
+      </c>
+      <c r="H3" t="s">
+        <v>166</v>
+      </c>
+      <c r="I3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>168</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>169</v>
+      </c>
+      <c r="H4" t="s">
+        <v>170</v>
       </c>
       <c r="I4" t="s">
-        <v>67</v>
+        <v>162</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>157</v>
+      </c>
+      <c r="B5" t="s">
+        <v>171</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>172</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>173</v>
+      </c>
+      <c r="H5" t="s">
+        <v>174</v>
+      </c>
+      <c r="I5" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>157</v>
+      </c>
+      <c r="B6" t="s">
+        <v>175</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>176</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>177</v>
+      </c>
+      <c r="H6" t="s">
+        <v>178</v>
+      </c>
+      <c r="I6" t="s">
+        <v>162</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>179</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B2" t="s">
+        <v>182</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>183</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>184</v>
+      </c>
+      <c r="H2" t="s">
+        <v>185</v>
+      </c>
+      <c r="I2" t="s">
+        <v>186</v>
+      </c>
+      <c r="J2" t="s">
+        <v>187</v>
+      </c>
+      <c r="K2" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B3" t="s">
+        <v>189</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>191</v>
+      </c>
+      <c r="H3" t="s">
+        <v>192</v>
+      </c>
+      <c r="I3" t="s">
+        <v>193</v>
+      </c>
+      <c r="J3" t="s">
+        <v>194</v>
+      </c>
+      <c r="K3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>181</v>
+      </c>
+      <c r="B4" t="s">
+        <v>196</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>197</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>198</v>
+      </c>
+      <c r="H4" t="s">
+        <v>199</v>
+      </c>
+      <c r="I4" t="s">
+        <v>200</v>
       </c>
       <c r="J4" t="s">
-        <v>74</v>
+        <v>201</v>
       </c>
       <c r="K4" t="s">
-        <v>75</v>
+        <v>202</v>
+      </c>
+      <c r="L4" t="s">
+        <v>203</v>
+      </c>
+      <c r="M4" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>181</v>
+      </c>
+      <c r="B5" t="s">
+        <v>205</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>206</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>207</v>
+      </c>
+      <c r="H5" t="s">
+        <v>208</v>
+      </c>
+      <c r="I5" t="s">
+        <v>200</v>
+      </c>
+      <c r="J5" t="s">
+        <v>209</v>
+      </c>
+      <c r="K5" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B6" t="s">
+        <v>211</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>212</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>213</v>
+      </c>
+      <c r="H6" t="s">
+        <v>214</v>
+      </c>
+      <c r="I6" t="s">
+        <v>200</v>
+      </c>
+      <c r="J6" t="s">
+        <v>215</v>
+      </c>
+      <c r="K6" t="s">
+        <v>216</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>