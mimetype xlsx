--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,319 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>18/12/2014 14:10:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Companion diagnostic test associated with a targeted therapy: definitions and assessment method</t>
+  </si>
+  <si>
+    <t>Stratified medicine is a therapeutic approach based on drug/diagnostic test associations. The objective of the diagnostic test is to use a marker predictive for the effect of the treatment in order to select the patients to whom it is administered so as to treat only the subpopulation that will benefit from it. In this context, demonstrating the efficacy of the treatment in a limited subpopulation identified by its status for the marker logically leads to the prescription of the treatment being restricted to this subpopulation in its marketing authorisation, making this test a regulatory requirement.</t>
+  </si>
+  <si>
+    <t>02/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2014 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2000884/fr/valeurs-de-reference-pour-l-evaluation-economique-en-sante</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
   </si>
   <si>
     <t>c_1735034</t>
-  </si>
-[...130 lines deleted...]
-    <t>c_410222</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -327,429 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...384 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>