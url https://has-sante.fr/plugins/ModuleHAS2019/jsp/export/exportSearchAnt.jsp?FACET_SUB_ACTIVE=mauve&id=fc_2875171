--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -1,157 +1,319 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="66">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...11 lines deleted...]
-    <t>04/07/2014 15:40:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Valeurs de référence  pour l’évaluation économique en santé</t>
+  </si>
+  <si>
+    <t>La loi de finance de la Sécurité Sociale pour 2012 instaure l’évaluation médico-économique comme l’un des déterminants du prix des produits de santé revendiquant le remboursement en tant que produit innovant et ayant un impact significatif sur les dépenses collectives. Dans ce contexte, elle confie à la HAS la mission d’expertiser les évaluations produites par les industriels et d’émettre un avis sur l’efficience du produit dans la prise en charge.</t>
+  </si>
+  <si>
+    <t>10/12/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>18/12/2014 14:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
+    <t>https://www.has-sante.fr/jcms/c_2000884/fr/valeurs-de-reference-pour-l-evaluation-economique-en-sante</t>
+  </si>
+  <si>
+    <t>c_2000884</t>
+  </si>
+  <si>
+    <t>Test compagnon associé à une thérapie ciblée : définitions et méthode d’évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est d’exposer les fondements théoriques et méthodologiques de l’évaluation d’un test diagnostique, nommé test compagnon, permettant de sélectionner par l’identification d’un marqueur prédictif les patients seuls susceptibles de recevoir un bénéfice d’une thérapie dite ciblée.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/04/2014 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
   </si>
   <si>
     <t>c_1735034</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>MISIGHT 1 DAY</t>
+  </si>
+  <si>
+    <t>17/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2025 08:25:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587278/fr/misight-1-day</t>
+  </si>
+  <si>
+    <t>p_3587278</t>
+  </si>
+  <si>
+    <t>Lentilles de contact, souples, journalières, à défocalisation myopique périphérique</t>
+  </si>
+  <si>
+    <t>COOPERVISION SAS (France)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 23 juillet 2020</t>
+  </si>
+  <si>
+    <t>21/07/2020 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195703/fr/college-deliberatif-du-23-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3195703</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Contrat de travail et statut des agents de la HAS</t>
+  </si>
+  <si>
+    <t>Les statuts de la Haute Autorité de Santé offrent des possibilités de recrutement sur divers contrats en fonction de nos besoins et de la situation de l'agent.</t>
+  </si>
+  <si>
+    <t>31/08/2006 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_410222/fr/contrat-de-travail-et-statut-des-agents-de-la-has</t>
+  </si>
+  <si>
+    <t>c_410222</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +327,429 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H2" t="s">
+        <v>58</v>
+      </c>
+      <c r="I2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H2" t="s">
+        <v>65</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>