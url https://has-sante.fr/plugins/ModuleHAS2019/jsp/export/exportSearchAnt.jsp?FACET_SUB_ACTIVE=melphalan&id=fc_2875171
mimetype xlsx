--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -1,71 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
-    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
-[...1 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="373" uniqueCount="196">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -192,50 +195,71 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/05/2021 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
   </si>
   <si>
     <t>p_3264990</t>
   </si>
   <si>
     <t>Neuropathie amyloïde familiale</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
   </si>
   <si>
     <t>03/05/2017 11:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
   </si>
   <si>
     <t>c_2760531</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel d’altérations moléculaires dans la prise en charge du myélome multiple</t>
+  </si>
+  <si>
+    <t>Séquençage Haut Débit ciblé (ou NGS ciblé ou SHD ciblé) ; panel d’altérations moléculaires, génétique somatique des cancers, hémopathie maligne</t>
+  </si>
+  <si>
+    <t>16/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701474/fr/sequencage-haut-debit-cible-d-un-panel-d-alterations-moleculaires-dans-la-prise-en-charge-du-myelome-multiple</t>
+  </si>
+  <si>
+    <t>p_3701474</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 12 mars 2025</t>
   </si>
   <si>
     <t>10/03/2025 08:53:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594691/fr/commission-de-la-transparence-reunion-du-12-mars-2025</t>
   </si>
   <si>
     <t>p_3594691</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 26 février 2025</t>
   </si>
@@ -633,51 +657,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -952,942 +976,1008 @@
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>54</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>55</v>
       </c>
       <c r="H9" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B2" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="H2" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="I2" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B3" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="H3" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="I3" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B4" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
+        <v>77</v>
+      </c>
+      <c r="H4" t="s">
+        <v>78</v>
+      </c>
+      <c r="I4" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B5" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="H5" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="I5" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B6" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="H6" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="I6" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B7" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="H7" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="I7" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="H8" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="I8" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B9" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="H9" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="I9" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B10" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="H10" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="I10" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="H11" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="I11" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B12" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="H12" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="I12" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="H13" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="I13" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="H14" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="I14" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B15" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="H15" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="I15" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="H16" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="I16" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B17" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="H17" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="I17" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B18" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="H18" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="I18" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B19" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="H19" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="I19" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B2" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="C2" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="D2" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="E2" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="H2" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B3" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="C3" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="D3" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="E3" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="H3" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B4" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C4" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="D4" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="E4" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="H4" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B5" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="C5" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="D5" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="E5" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="H5" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="J1" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="K1" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="B2" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="H2" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="I2" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="J2" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="K2" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="B3" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="H3" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="I3" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="J3" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="K3" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="B4" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="H4" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="I4" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="J4" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="K4" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="L4" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="B5" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="H5" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="I5" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="J5" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="K5" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="L5" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="M5" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>