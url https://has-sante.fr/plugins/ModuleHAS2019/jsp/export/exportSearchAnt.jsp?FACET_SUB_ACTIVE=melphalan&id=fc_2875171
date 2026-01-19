--- v1 (2025-12-04)
+++ v2 (2026-01-19)
@@ -1,1983 +1,293 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="373" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="27">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>16/03/2015 10:36:00</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>PHELINUN (melphalan)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
-[...464 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3599097/fr/phelinun-melphalan</t>
+    <t>03/25/2025 13:53:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599097/en/phelinun-melphalan</t>
   </si>
   <si>
     <t>p_3599097</t>
   </si>
   <si>
     <t>melphalan</t>
   </si>
   <si>
     <t>ADIENNE S.r.l.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3598809/fr/phelinun-melphalan-cancer-et-greffe</t>
+    <t>https://www.has-sante.fr/jcms/p_3598809/en/phelinun-melphalan-phelinun-melphalan-transplantation</t>
   </si>
   <si>
     <t>PEPAXTI (melphalan flufénamide)</t>
   </si>
   <si>
-    <t>19/02/2025 17:00:34</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3591422/fr/pepaxti-melphalan-flufenamide</t>
+    <t>02/19/2025 17:00:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591422/en/pepaxti-melphalan-flufenamide</t>
   </si>
   <si>
     <t>p_3591422</t>
   </si>
   <si>
     <t>melphalan flufénamide</t>
   </si>
   <si>
     <t>CEVIDRA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3590642/fr/pepaxti-melphalan-flufenamide-myelome-multiple</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2658501/fr/alkeran-melphalan</t>
+    <t>https://www.has-sante.fr/jcms/p_3590642/en/pepaxti-melphalan-flufenamide-multiple-myeloma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:K3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
-[...43 lines deleted...]
-      <c r="A2" t="s">
         <v>16</v>
       </c>
-      <c r="B2" t="s">
+      <c r="I2" t="s">
         <v>17</v>
       </c>
-      <c r="C2" t="s">
+      <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="C3" t="s">
+      <c r="H3" t="s">
         <v>23</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I3" t="s">
         <v>24</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="J3" t="s">
         <v>25</v>
       </c>
-      <c r="H3" t="s">
+      <c r="K3" t="s">
         <v>26</v>
-      </c>
-[...1127 lines deleted...]
-        <v>195</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>