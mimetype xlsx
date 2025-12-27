--- v0 (2025-11-02)
+++ v1 (2025-12-27)
@@ -1,293 +1,1983 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="373" uniqueCount="196">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2015 10:36:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1696038</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Syndrome de BLOOM</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Bloom. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs d’Ile de France, Filière AnDDI-Rares, le Centre de référence des Aplasies médullaires acquises et constitutionnelles, Filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385096/fr/syndrome-de-bloom</t>
+  </si>
+  <si>
+    <t>p_3385096</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel d’altérations moléculaires dans la prise en charge du myélome multiple</t>
+  </si>
+  <si>
+    <t>Séquençage Haut Débit ciblé (ou NGS ciblé ou SHD ciblé) ; panel d’altérations moléculaires, génétique somatique des cancers, hémopathie maligne</t>
+  </si>
+  <si>
+    <t>16/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701474/fr/sequencage-haut-debit-cible-d-un-panel-d-alterations-moleculaires-dans-la-prise-en-charge-du-myelome-multiple</t>
+  </si>
+  <si>
+    <t>p_3701474</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 mars 2025</t>
+  </si>
+  <si>
+    <t>10/03/2025 08:53:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594691/fr/commission-de-la-transparence-reunion-du-12-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3594691</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 février 2025</t>
+  </si>
+  <si>
+    <t>19/02/2025 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591267/fr/commission-de-la-transparence-reunion-du-26-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3591267</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 février 2025</t>
+  </si>
+  <si>
+    <t>05/02/2025 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588671/fr/commission-de-la-transparence-reunion-du-12-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3588671</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 décembre 2024</t>
+  </si>
+  <si>
+    <t>13/12/2024 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3572417/fr/commission-de-la-transparence-reunion-du-18-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3572417</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 décembre 2024</t>
+  </si>
+  <si>
+    <t>04/12/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3565815/fr/commission-de-la-transparence-reunion-du-11-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3565815</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 juillet 2020</t>
+  </si>
+  <si>
+    <t>16/07/2020 08:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194246/fr/commission-de-la-transparence-reunion-a-distance-du-22-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3194246</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 avril 2020</t>
+  </si>
+  <si>
+    <t>20/04/2020 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179885/fr/commission-de-la-transparence-reunion-a-distance-du-22-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3179885</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 avril 2019</t>
+  </si>
+  <si>
+    <t>27/03/2019 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913151/fr/commission-de-la-transparence-reunion-du-3-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2913151</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 janvier 2018</t>
+  </si>
+  <si>
+    <t>02/01/2018 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2817776/fr/commission-de-la-transparence-reunion-du-10-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2817776</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 janvier 2017</t>
+  </si>
+  <si>
+    <t>04/01/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735236/fr/commission-de-la-transparence-reunion-du-11-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2735236</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2016</t>
+  </si>
+  <si>
+    <t>28/06/2016 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641665/fr/commission-de-la-transparence-reunion-du-6-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2641665</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 juin 2016</t>
+  </si>
+  <si>
+    <t>23/06/2016 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640876/fr/commission-de-la-transparence-reunion-du-29-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2640876</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624255/fr/commission-de-la-transparence-reunion-du-20-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 février 2016</t>
+  </si>
+  <si>
+    <t>09/02/2016 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607552/fr/commission-de-la-transparence-reunion-du-17-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2607552</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 septembre 2014</t>
+  </si>
+  <si>
+    <t>12/09/2014 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1762046/fr/commission-de-la-transparence-reunion-du-17-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1762046</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 mai 2009</t>
+  </si>
+  <si>
+    <t>27/05/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798794/fr/commission-de-la-transparence-reunion-du-27-mai-2009</t>
+  </si>
+  <si>
+    <t>c_798794</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juillet 2008</t>
+  </si>
+  <si>
+    <t>16/07/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_678285/fr/commission-de-la-transparence-reunion-du-16-juillet-2008</t>
+  </si>
+  <si>
+    <t>c_678285</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0033/AC/SEM du 29 août 2018 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude INTREALL»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Etude INTREALL» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>29/08/2018 11:17:00</t>
+  </si>
+  <si>
+    <t>07/09/2018 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869281/fr/avis-n-2018-0033/ac/sem-du-29-aout-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-intreall</t>
+  </si>
+  <si>
+    <t>c_2869281</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0154/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes : - la pathologie, la maladie de Crohn sévère chez les enfants de plus de 6 ans, est une maladie inflammatoire intestinale pouvant atteindre tous les segments du tube digestif et pouvant s’accompagner de manifestations extra-intestinales (articulaires, cutanées, oculaires…). C’est une maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. La spécificité de la maladie de Crohn chez l’enfant par rapport à l’adulte est le risque de retard de croissance staturo-pondérale, souvent associé à un retard pubertaire. - l’absence d’alternative appropriée et remboursable à ce jour chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur et anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés ; - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de la maladie de Crohn active, sévère chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur et anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège de la HAS considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Maladie de Crohn active, sévère chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur ou anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés ».</t>
+  </si>
+  <si>
+    <t>17/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>07/07/2015 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042572/fr/decision-n-2015-0154/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042572</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0155/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble de ces informations le Collège de la HAS : Considérant : - la pathologie, l’aphtose sévère, pathologie douloureuse souvent associée à des déficiences nutritionnelles (fer, folates, vitamines, zinc...), des désordres immunitaires (infection par le virus de l'immunodéficience acquise, herpès, neutropénies) et des maladies rares (maladie de Behçet). - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en échec aux traitements de 1ère intention (traitements locaux et colchicine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une aphtose sévère, y compris chez les patients HIV positifs et dans la maladie de Behçet, en échec aux traitements de 1ère intention (traitements locaux et colchicine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Aphtoses sévères, y compris chez les patients HIV positifs et dans la maladie de Behçet, en cas d’échec aux traitements de 1ère intention (traitements locaux et colchicine)». Considérant : - la pathologie, les formes cutanées du lupus érythémateux, inflammatoire auto-immune, chronique, qui présentent une grande diversité clinique avec une évolution et un pronostic variables, mais qui peuvent avoir un impact sur la qualité des vie des patients du fait notamment des cicatrices qui peuvent en résulter. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ». Considérant : - la pathologie, les formes aiguës sévères de l’érythème noueux lépreux, pathologie grave pouvant être à l’origine des déficits neurologiques définitifs de la lèpre. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes aiguës sévères de l’érythème noueux lépreux (réaction lépreuse de type II)».</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042574/fr/decision-n-2015-0155/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042574</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0065/DC/SEM du 25 mars 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du bortézomib (VELCADE 1 et 3.5 mg, poudre pour solution injectable) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes : - les pathologies, l’amylose primitive ou amylose AL et la maladie de Randall, rares et graves qui sont des maladies résultant de dépôts extracellulaires d’immunoglobulines dans différents organes (notamment rein et cœur) altérant progressivement leur fonctionnement. Il s’agit de pathologies évolutives dont le pronostic est sévère en l’absence de traitement efficace. Ces pathologies peuvent engager le pronostic vital des patients. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients nécessitant un traitement en association à une autre chimiothérapie1; - le fait que l’utilisation de ce médicament semble indispensable pour le traitement des patients adultes atteints d’une amylose AL non IgM ou d’une maladie de Randall, en association à une autre chimiothérapie, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège de la HAS considère que les spécialités VELCADE 1 et 3,5 mg solution pour perfusion doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des patients adultes atteints d’une amylose AL non IgM ou d’une maladie de Randall, en association à une autre chimiothérapie».</t>
+  </si>
+  <si>
+    <t>25/03/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>01/04/2015 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024414/fr/decision-n-2015-0065/dc/sem-du-25-mars-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-bortezomib-velcade-1-et-3-5-mg-poudre-pour-solution-injectable-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2024414</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PHELINUN (melphalan)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3599097/en/phelinun-melphalan</t>
+    <t>25/03/2025 13:53:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599097/fr/phelinun-melphalan</t>
   </si>
   <si>
     <t>p_3599097</t>
   </si>
   <si>
     <t>melphalan</t>
   </si>
   <si>
     <t>ADIENNE S.r.l.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3598809/en/phelinun-melphalan-phelinun-melphalan-transplantation</t>
+    <t>https://www.has-sante.fr/jcms/p_3598809/fr/phelinun-melphalan-cancer-et-greffe</t>
   </si>
   <si>
     <t>PEPAXTI (melphalan flufénamide)</t>
   </si>
   <si>
-    <t>02/19/2025 17:00:34</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3591422/en/pepaxti-melphalan-flufenamide</t>
+    <t>19/02/2025 17:00:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591422/fr/pepaxti-melphalan-flufenamide</t>
   </si>
   <si>
     <t>p_3591422</t>
   </si>
   <si>
     <t>melphalan flufénamide</t>
   </si>
   <si>
     <t>CEVIDRA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3590642/en/pepaxti-melphalan-flufenamide-multiple-myeloma</t>
+    <t>https://www.has-sante.fr/jcms/p_3590642/fr/pepaxti-melphalan-flufenamide-myelome-multiple</t>
+  </si>
+  <si>
+    <t>MELPHALAN (melphalan)</t>
+  </si>
+  <si>
+    <t>14/04/2020 18:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153397/fr/melphalan-melphalan</t>
+  </si>
+  <si>
+    <t>p_3153397</t>
+  </si>
+  <si>
+    <t>RANBAXY PHARMACIE GENERIQUES / CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152674/fr/melphalan-sun-melphalan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178576/fr/melphalan-tillomed-melphalan</t>
+  </si>
+  <si>
+    <t>ALKERAN (melphalan)</t>
+  </si>
+  <si>
+    <t>02/08/2016 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984031/fr/alkeran-melphalan</t>
+  </si>
+  <si>
+    <t>pprd_2984031</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400846/fr/alkeran-melphalan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104020/fr/alkeran-melphalan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658501/fr/alkeran-melphalan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H3" t="s">
-        <v>23</v>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>68</v>
+      </c>
+      <c r="H2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>73</v>
+      </c>
+      <c r="H3" t="s">
+        <v>74</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>65</v>
+      </c>
+      <c r="B4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>76</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>77</v>
+      </c>
+      <c r="H4" t="s">
+        <v>78</v>
+      </c>
+      <c r="I4" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>65</v>
+      </c>
+      <c r="B5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>80</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>81</v>
+      </c>
+      <c r="H5" t="s">
+        <v>82</v>
+      </c>
+      <c r="I5" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>65</v>
+      </c>
+      <c r="B6" t="s">
+        <v>83</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>84</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>85</v>
+      </c>
+      <c r="H6" t="s">
+        <v>86</v>
+      </c>
+      <c r="I6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>87</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>88</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>89</v>
+      </c>
+      <c r="H7" t="s">
+        <v>90</v>
+      </c>
+      <c r="I7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>92</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>93</v>
+      </c>
+      <c r="H8" t="s">
+        <v>94</v>
+      </c>
+      <c r="I8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>95</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>96</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>97</v>
+      </c>
+      <c r="H9" t="s">
+        <v>98</v>
+      </c>
+      <c r="I9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
+        <v>99</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>100</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>101</v>
+      </c>
+      <c r="H10" t="s">
+        <v>102</v>
+      </c>
+      <c r="I10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" t="s">
+        <v>103</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>104</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>105</v>
+      </c>
+      <c r="H11" t="s">
+        <v>106</v>
+      </c>
+      <c r="I11" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>108</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>109</v>
+      </c>
+      <c r="H12" t="s">
+        <v>110</v>
+      </c>
+      <c r="I12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>65</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>112</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>113</v>
+      </c>
+      <c r="H13" t="s">
+        <v>114</v>
+      </c>
+      <c r="I13" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>65</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>116</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>117</v>
+      </c>
+      <c r="H14" t="s">
+        <v>118</v>
+      </c>
+      <c r="I14" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>120</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>121</v>
+      </c>
+      <c r="H15" t="s">
+        <v>122</v>
+      </c>
+      <c r="I15" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>124</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>125</v>
+      </c>
+      <c r="H16" t="s">
+        <v>126</v>
+      </c>
+      <c r="I16" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>65</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>128</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>129</v>
+      </c>
+      <c r="H17" t="s">
+        <v>130</v>
+      </c>
+      <c r="I17" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>65</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>132</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>133</v>
+      </c>
+      <c r="H18" t="s">
+        <v>134</v>
+      </c>
+      <c r="I18" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>65</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>136</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>137</v>
+      </c>
+      <c r="H19" t="s">
+        <v>138</v>
+      </c>
+      <c r="I19" t="s">
+        <v>70</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B2" t="s">
+        <v>140</v>
+      </c>
+      <c r="C2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>144</v>
+      </c>
+      <c r="H2" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B3" t="s">
+        <v>146</v>
+      </c>
+      <c r="C3" t="s">
+        <v>147</v>
+      </c>
+      <c r="D3" t="s">
+        <v>148</v>
+      </c>
+      <c r="E3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>150</v>
+      </c>
+      <c r="H3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>139</v>
+      </c>
+      <c r="B4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C4" t="s">
+        <v>153</v>
+      </c>
+      <c r="D4" t="s">
+        <v>148</v>
+      </c>
+      <c r="E4" t="s">
+        <v>154</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>155</v>
+      </c>
+      <c r="H4" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>139</v>
+      </c>
+      <c r="B5" t="s">
+        <v>157</v>
+      </c>
+      <c r="C5" t="s">
+        <v>158</v>
+      </c>
+      <c r="D5" t="s">
+        <v>159</v>
+      </c>
+      <c r="E5" t="s">
+        <v>160</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>161</v>
+      </c>
+      <c r="H5" t="s">
+        <v>162</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>163</v>
+      </c>
+      <c r="J1" t="s">
+        <v>164</v>
+      </c>
+      <c r="K1" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B2" t="s">
+        <v>167</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>168</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>169</v>
+      </c>
+      <c r="H2" t="s">
+        <v>170</v>
+      </c>
+      <c r="I2" t="s">
+        <v>171</v>
+      </c>
+      <c r="J2" t="s">
+        <v>172</v>
+      </c>
+      <c r="K2" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>176</v>
+      </c>
+      <c r="H3" t="s">
+        <v>177</v>
+      </c>
+      <c r="I3" t="s">
+        <v>178</v>
       </c>
       <c r="J3" t="s">
-        <v>25</v>
+        <v>179</v>
       </c>
       <c r="K3" t="s">
-        <v>26</v>
+        <v>180</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>166</v>
+      </c>
+      <c r="B4" t="s">
+        <v>181</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>182</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>183</v>
+      </c>
+      <c r="H4" t="s">
+        <v>184</v>
+      </c>
+      <c r="I4" t="s">
+        <v>171</v>
+      </c>
+      <c r="J4" t="s">
+        <v>185</v>
+      </c>
+      <c r="K4" t="s">
+        <v>186</v>
+      </c>
+      <c r="L4" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>166</v>
+      </c>
+      <c r="B5" t="s">
+        <v>188</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>189</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>190</v>
+      </c>
+      <c r="H5" t="s">
+        <v>191</v>
+      </c>
+      <c r="I5" t="s">
+        <v>171</v>
+      </c>
+      <c r="J5" t="s">
+        <v>192</v>
+      </c>
+      <c r="K5" t="s">
+        <v>193</v>
+      </c>
+      <c r="L5" t="s">
+        <v>194</v>
+      </c>
+      <c r="M5" t="s">
+        <v>195</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>