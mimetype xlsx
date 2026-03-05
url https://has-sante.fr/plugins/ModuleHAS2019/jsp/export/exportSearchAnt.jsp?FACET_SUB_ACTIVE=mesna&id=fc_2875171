--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="41">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -72,50 +72,65 @@
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>MUCOCLEAR</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>28/10/2008 00:00:00</t>
   </si>
   <si>
     <t>28/10/2008 16:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_713689/fr/mucoclear</t>
   </si>
   <si>
     <t>c_713689</t>
   </si>
   <si>
     <t>PARI GmbH Allemagne</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
   <si>
     <t>Lupus Systémique de l'adulte et de l'enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/02/2024 00:00:00</t>
   </si>
   <si>
     <t>09/02/2024 08:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
   </si>
   <si>
     <t>p_3493410</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
@@ -251,188 +266,214 @@
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>12</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>21</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>23</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
         <v>24</v>
+      </c>
+      <c r="C3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>28</v>
+      </c>
+      <c r="H3" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="J2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="K2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="L2" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>