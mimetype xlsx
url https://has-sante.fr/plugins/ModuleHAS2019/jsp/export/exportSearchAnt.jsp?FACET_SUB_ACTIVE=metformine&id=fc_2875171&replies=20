--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -1,6550 +1,718 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1316" uniqueCount="677">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="81">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>Dispositifs médicaux pour Autosurveillance et Autotraitement  - 08 février 2011 (3286) avis</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Metabolic surgery: surgical treatment of type 2 diabetes</t>
+  </si>
+  <si>
+    <t>Assess the benefit-risk balance of metabolic surgery, since it is a question of offering surgical management to a population currently only eligible for a pharmacological approach (oral and/or by injection) Determine, as accurately as possible, the target population liable to benefit from metabolic surgery</t>
+  </si>
+  <si>
+    <t>10/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2022 12:17:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>08/02/2011 00:00:00</t>
-[...584 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3303025/fr/chirurgie-metabolique-traitement-chirurgical-du-diabete-de-type-2-rapport-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/p_3303025/en/metabolic-surgery-surgical-treatment-of-type-2-diabetes</t>
   </si>
   <si>
     <t>p_3303025</t>
   </si>
   <si>
-    <t>Alternative(s) à la scintigraphie de perfusion en cas de suspicion d’embolie pulmonaire non massive chez la femme enceinte dans l’hypothèse d’une pénurie complète en technétium-99m</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620035/fr/alternative-s-a-la-scintigraphie-de-perfusion-en-cas-de-suspicion-d-embolie-pulmonaire-non-massive-chez-la-femme-enceinte-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
+    <t>Alternative(s) to perfusion scintigraphy in case of suspected non-massive pulmonary embolism in pregnant women in the event of a complete shortage of technetium-99m - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Due to several periods of worldwide supply shortage of technetium-99m (Tc-99m), a radioactive element needed to perform lung perfusion scintigraphy in case of suspected non-massive pulmonary embolism (PE), the Ministry of Health (DGS) asked HAS to determine if, in the event of complete shortage of this isotope, one (or more) test(s) could replace it without risk to the pregnant woman. Currently, Tc-99m lung perfusion scintigraphy is the medical imaging test of choice in pregnant women initially without signs of shock or hypotension (especially if the triage chest x-ray is normal) when this test is readily accessible for the clinician. Offering good diagnostic performances, lung perfusion scintigraphy is not very radiating for the mother and foetus. The objective of this assessment was not to question the current standard strategy in this situation or to establish good practice guidelines</t>
+  </si>
+  <si>
+    <t>02/17/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620035/en/alternative-s-to-perfusion-scintigraphy-in-case-of-suspected-non-massive-pulmonary-embolism-in-pregnant-women-in-the-event-of-a-complete-shortage-of-technetium-99m-inahta-brief</t>
   </si>
   <si>
     <t>c_2620035</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...1130 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3219547/fr/synjardy-empagliflozine/metformine</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>SYNJARDY</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:39:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219547/en/synjardy</t>
   </si>
   <si>
     <t>p_3219547</t>
   </si>
   <si>
     <t>empagliflozine,metformine</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3218341/fr/synjardy-empagliflozine/-metformine</t>
-[...14 lines deleted...]
-    <t>p_3377078</t>
+    <t>https://www.has-sante.fr/jcms/p_3218341/en/synjardy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606850/en/synjardy-empagliflozin-metformin-aged-10-years-and-above-for-the-treatment-of-type-2-diabetes</t>
+  </si>
+  <si>
+    <t>XIGDUO (dapagliflozine/metformine), antidiabétique</t>
+  </si>
+  <si>
+    <t>09/02/2022 16:49:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984318/en/xigduo-dapagliflozine/metformine-antidiabetique</t>
+  </si>
+  <si>
+    <t>pprd_2984318</t>
+  </si>
+  <si>
+    <t>metformine,dapagliflozine</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572200/en/xigduo-dapagliflozin/metformin-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218347/en/xigduo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361538/en/xigduo-dapagliflozine-propanediol-monohydrate/-metformine-chlorhydrate-de-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>XELEVIA (metformine/ sitagliptine (phosphate de) monohydraté)</t>
+  </si>
+  <si>
+    <t>08/31/2021 10:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982787/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982787</t>
+  </si>
+  <si>
+    <t>metformine,sitagliptine (phosphate de) monohydraté</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623592/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818411/en/xelevia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284610/en/xelevia-velmetia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320625/en/xelevia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559130/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046970/en/xelevia-50-mg-sitagliptin-dpp-4-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964768/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282764/en/xelevia-sitagliptine</t>
+  </si>
+  <si>
+    <t>VELMETIA (sitagliptine/ metformine)</t>
+  </si>
+  <si>
+    <t>08/31/2021 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984397/en/velmetia-sitagliptine/-metformine</t>
+  </si>
+  <si>
+    <t>pprd_2984397</t>
   </si>
   <si>
     <t>sitagliptine,metformine</t>
   </si>
   <si>
-    <t>ALTER</t>
-[...137 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3197837/fr/segluromet-ertugliflozine/-metformine</t>
+    <t>https://www.has-sante.fr/jcms/c_798108/en/velmetia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046972/en/velmetia-sitagliptine/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559136/en/velmetia-sitagliptine/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284305/en/velmetia-sitagliptine/metformine-diabete-de-type-2</t>
   </si>
   <si>
     <t>AVANDIA - AVANDAMET (rosiglitazone/ metformine)</t>
   </si>
   <si>
-    <t>18/06/2012 18:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985236/fr/avandia-avandamet-rosiglitazone/-metformine</t>
+    <t>06/18/2012 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985236/en/avandia-avandamet-rosiglitazone/-metformine</t>
   </si>
   <si>
     <t>pprd_2985236</t>
   </si>
   <si>
     <t>rosiglitazone,metformine</t>
   </si>
   <si>
     <t>Laboratoire GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399977/fr/avandia-rosiglitazone/-metformine</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399539/fr/clonarol-1000-mg-metformine</t>
+    <t>https://www.has-sante.fr/jcms/c_399977/en/avandia-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401017/en/avandia-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713102/en/avandia-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1002684/en/avandia-avandamet</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400139/en/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401016/en/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399976/en/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713099/en/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810817/en/avandamet-rosiglitazone/-metformine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:S6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+      <c r="K1" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>581</v>
+        <v>25</v>
       </c>
       <c r="B2" t="s">
-        <v>582</v>
+        <v>26</v>
       </c>
       <c r="C2" t="s">
-        <v>583</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>584</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>585</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>586</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>587</v>
-[...74 lines deleted...]
-        <v>594</v>
+        <v>29</v>
       </c>
       <c r="I2" t="s">
-        <v>595</v>
+        <v>30</v>
       </c>
       <c r="J2" t="s">
-        <v>596</v>
+        <v>31</v>
       </c>
       <c r="K2" t="s">
-        <v>597</v>
+        <v>32</v>
       </c>
       <c r="L2" t="s">
-        <v>598</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>590</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>599</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>600</v>
+        <v>35</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>601</v>
+        <v>36</v>
       </c>
       <c r="H3" t="s">
-        <v>602</v>
+        <v>37</v>
       </c>
       <c r="I3" t="s">
-        <v>603</v>
+        <v>38</v>
       </c>
       <c r="J3" t="s">
-        <v>604</v>
+        <v>39</v>
       </c>
       <c r="K3" t="s">
-        <v>605</v>
+        <v>40</v>
+      </c>
+      <c r="L3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M3" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>590</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>606</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>607</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>608</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>609</v>
+        <v>46</v>
       </c>
       <c r="I4" t="s">
-        <v>610</v>
+        <v>47</v>
       </c>
       <c r="J4" t="s">
-        <v>611</v>
+        <v>48</v>
       </c>
       <c r="K4" t="s">
-        <v>612</v>
+        <v>49</v>
       </c>
       <c r="L4" t="s">
-        <v>613</v>
+        <v>50</v>
       </c>
       <c r="M4" t="s">
-        <v>614</v>
+        <v>51</v>
+      </c>
+      <c r="N4" t="s">
+        <v>52</v>
+      </c>
+      <c r="O4" t="s">
+        <v>53</v>
+      </c>
+      <c r="P4" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>55</v>
+      </c>
+      <c r="R4" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>590</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>615</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>616</v>
+        <v>58</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>617</v>
+        <v>59</v>
       </c>
       <c r="H5" t="s">
-        <v>618</v>
+        <v>60</v>
       </c>
       <c r="I5" t="s">
-        <v>619</v>
+        <v>61</v>
       </c>
       <c r="J5" t="s">
-        <v>620</v>
+        <v>48</v>
       </c>
       <c r="K5" t="s">
-        <v>621</v>
+        <v>62</v>
+      </c>
+      <c r="L5" t="s">
+        <v>63</v>
+      </c>
+      <c r="M5" t="s">
+        <v>64</v>
+      </c>
+      <c r="N5" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>590</v>
+        <v>25</v>
       </c>
       <c r="B6" t="s">
-        <v>622</v>
+        <v>66</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>623</v>
+        <v>67</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>624</v>
+        <v>68</v>
       </c>
       <c r="H6" t="s">
-        <v>625</v>
+        <v>69</v>
       </c>
       <c r="I6" t="s">
-        <v>626</v>
+        <v>70</v>
       </c>
       <c r="J6" t="s">
-        <v>627</v>
+        <v>71</v>
       </c>
       <c r="K6" t="s">
-        <v>628</v>
+        <v>72</v>
       </c>
       <c r="L6" t="s">
-        <v>629</v>
+        <v>73</v>
       </c>
       <c r="M6" t="s">
-        <v>630</v>
+        <v>74</v>
       </c>
       <c r="N6" t="s">
-        <v>631</v>
+        <v>75</v>
       </c>
       <c r="O6" t="s">
-        <v>632</v>
+        <v>76</v>
       </c>
       <c r="P6" t="s">
-        <v>633</v>
+        <v>77</v>
       </c>
       <c r="Q6" t="s">
-        <v>634</v>
+        <v>78</v>
       </c>
       <c r="R6" t="s">
-        <v>635</v>
-[...207 lines deleted...]
-        <v>676</v>
+        <v>79</v>
+      </c>
+      <c r="S6" t="s">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...3788 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>