--- v0 (2025-10-18)
+++ v1 (2025-12-05)
@@ -1,325 +1,376 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="89">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>VIPDOMET (alogliptine/metformine), antidiabétiques</t>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>VIPDOMET (alogliptine/metformine)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/17/2023 08:58:39</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984679/en/vipdomet-alogliptine/metformine-antidiabetiques</t>
+    <t>17/02/2023 08:58:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984679/fr/vipdomet-alogliptine/metformine</t>
   </si>
   <si>
     <t>pprd_2984679</t>
   </si>
   <si>
     <t>alogliptine (benzoate d'),metformine (chlorhydrate de)</t>
   </si>
   <si>
     <t>TAKEDA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1774100/en/vipidia-alogliptin-and-vipdomet-alogliptin/metformin-antidiabetics</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984522/en/eucreas-icandra</t>
+    <t>https://www.has-sante.fr/jcms/c_1774100/fr/vipdomet-alogliptine/metformine-antidiabetiques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282767/fr/vipidia-alogliptine-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3413407/fr/vipdomet-alogliptine/metformine-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>EUCREAS - ICANDRA (vildagliptine/ metformine)</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984522/fr/eucreas-icandra-vildagliptine/-metformine</t>
   </si>
   <si>
     <t>pprd_2984522</t>
   </si>
   <si>
     <t>vildagliptine,metformine (chlorhydrate de)</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_798093/en/eucreas</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3284684/en/eucreas-50-mg/1000-mg-vildagliptine-/-metformine</t>
+    <t>https://www.has-sante.fr/jcms/c_798093/fr/eucreas-vildagliptine/-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1762678/fr/eucreas-vildagliptine/-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778245/fr/eucreas-/-icandra-vildagliptine/-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778230/fr/eucreas-/-icandra-50-mg/1000-mg-insuline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038125/fr/eucreas-icandra-vildagliptine/-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098669/fr/icandra-vildagliptine/-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224069/fr/eucreas-vildagliptine/-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284684/fr/eucreas-vildagliptine/metformine-diabete-de-type-2</t>
   </si>
   <si>
     <t>JANUMET (metformine / sitagliptine)</t>
   </si>
   <si>
-    <t>09/03/2021 16:17:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984420/en/janumet-metformine-/-sitagliptine</t>
+    <t>03/09/2021 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984420/fr/janumet-metformine-/-sitagliptine</t>
   </si>
   <si>
     <t>pprd_2984420</t>
   </si>
   <si>
     <t>metformine (chlorhydrate de),sitagliptine (phosphate de)</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_798062/en/janumet-metformine-chlorhydrate-de-/-sitagliptine-phosphate-de</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983302/en/komboglyze-saxagliptine-chlorhydrate-de-/-metformine-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_798062/fr/janumet-metformine-chlorhydrate-de-/-sitagliptine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046976/fr/janumet-metformine-chlorhydrate-de-/-sitagliptine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558832/fr/janumet-metformine-chlorhydrate-de-/-sitagliptine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283461/fr/janumet-sitagliptine/metformine-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>KOMBOGLYZE (saxagliptine / metformine)</t>
+  </si>
+  <si>
+    <t>30/08/2021 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983302/fr/komboglyze-saxagliptine-/-metformine</t>
   </si>
   <si>
     <t>pprd_2983302</t>
   </si>
   <si>
     <t>saxagliptine (chlorhydrate de),metformine (chlorhydrate de)</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1241667/en/komboglyze-saxagliptine-chlorhydrate-de-/-metformine-chlorhydrate-de</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3283449/en/komboglyze-metformine-/-saxagliptine</t>
+    <t>https://www.has-sante.fr/jcms/c_1241667/fr/komboglyze-saxagliptine-chlorhydrate-de-/-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598723/fr/komboglyze-saxagliptine-chlorhydrate-de-/-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782549/fr/komboglyze-saxagliptine/metformine-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848074/fr/komboglyze-saxagliptine-chlorhydrate-de-/-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283449/fr/komboglyze-metformine/saxagliptine</t>
   </si>
   <si>
     <t>JENTADUETO (linagliptine/ metformine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>08/30/2021 17:54:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985002/en/jentadueto-linagliptine/-metformine-chlorhydrate-de</t>
+    <t>30/08/2021 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985002/fr/jentadueto-linagliptine/-metformine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2985002</t>
   </si>
   <si>
     <t>linagliptine,metformine (chlorhydrate de)</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1298544/en/jentadueto-linagliptine/-metformine-chlorhydrate-de</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3283458/en/jentadueto-linagliptine/-metformine</t>
+    <t>https://www.has-sante.fr/jcms/c_1298544/fr/jentadueto-linagliptine/-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283458/fr/jentadueto-linagliptine/metformine-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>GLUCOPHAGE (metformine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>15/06/2015 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984526/fr/glucophage-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984526</t>
+  </si>
+  <si>
+    <t>metformine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398958/fr/glucophage-1000-mg-comprime-pellicule-boites-de-30-et-de-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400923/fr/glucophage-500-mg-comprime-pellicule-boite-de-30-comprimes-code-cip-352-816-7-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400975/fr/glucophage-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970610/fr/glucophage-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038104/fr/glucophage-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>METFORMINE ARROW LAB (metformine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>01/04/2015 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984588/fr/metformine-arrow-lab-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984588</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022103/fr/metformine-arrow-lab-metformine-chlorhydrate-de</t>
   </si>
   <si>
     <t>VOKANAMET (canagliflozine/metformine)</t>
   </si>
   <si>
-    <t>02/25/2015 18:07:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984657/en/vokanamet-canagliflozine/metformine</t>
+    <t>25/02/2015 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984657/fr/vokanamet-canagliflozine/metformine</t>
   </si>
   <si>
     <t>pprd_2984657</t>
   </si>
   <si>
     <t>canagliflozine hémihydraté,metformine (chlorhydrate de)</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1776982/en/vokanamet-canagliflozin/metformin-antidiabetics</t>
+    <t>https://www.has-sante.fr/jcms/c_1776982/fr/vokanamet-canagliflozine/metformine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R7"/>
+  <dimension ref="A1:R9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -576,44 +627,126 @@
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>66</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>67</v>
       </c>
       <c r="H7" t="s">
         <v>68</v>
       </c>
       <c r="I7" t="s">
         <v>69</v>
       </c>
       <c r="J7" t="s">
         <v>70</v>
       </c>
       <c r="K7" t="s">
         <v>71</v>
       </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>74</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>77</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>78</v>
+      </c>
+      <c r="H8" t="s">
+        <v>79</v>
+      </c>
+      <c r="I8" t="s">
+        <v>69</v>
+      </c>
+      <c r="J8" t="s">
+        <v>80</v>
+      </c>
+      <c r="K8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>83</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>84</v>
+      </c>
+      <c r="H9" t="s">
+        <v>85</v>
+      </c>
+      <c r="I9" t="s">
+        <v>86</v>
+      </c>
+      <c r="J9" t="s">
+        <v>87</v>
+      </c>
+      <c r="K9" t="s">
+        <v>88</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>