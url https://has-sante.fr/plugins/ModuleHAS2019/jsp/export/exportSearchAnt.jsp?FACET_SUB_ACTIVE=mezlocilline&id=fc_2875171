--- v0 (2025-10-21)
+++ v1 (2026-03-05)
@@ -35,84 +35,84 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...8 lines deleted...]
-    <t>01/09/2001 00:00:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
+  </si>
+  <si>
+    <t>These guidelines propose recommendations to the following questions: 1. When should pregnant women be tested for cervicovaginal infection? 2. What samples to be taken from a pregnant woman to detect cervicovaginal bacterial infection? What to do in the event of cervicovaginal bacterial infection during a normal or problem pregnancy? 3. Is there any benefit in routinely screening for group B streptococcus carriers during pregnancy and labour? If so, what method should be used, when and how? 4. What intrapartum antibiotic prophylaxis to be prescribed to prevent neonatal infection caused by group B streptococcus? 5. What tests should be carried out in the event of PROM? 6. What procedure in the vent of infection during PROM?</t>
+  </si>
+  <si>
+    <t>09/01/2001 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
+    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
   <si>
-    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
+    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. What are the diagnostic criteria for bronchopulmonary infection with Staphylococcus aureus (SA) ?# 2. What strategy should be adopted for antibiotic therapy for Staphylococcus aureus, irrespective of the route of administration?# 3. What are the diagnostic criteria for bronchopulmonary infection with Pseudomonas aeruginosa?# 4. What strategy should be adopted for antibiotic therapy for Pseudomonas aeruginosa, irrespective of the route of administration?# 5. What is the place of other respiratory therapies in the treatment of cystic fibrosis?</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>