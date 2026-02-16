--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,409 +1,1252 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="620" uniqueCount="376">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/29/2017 08:00:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Label – Diagnostic et prise en charge de l’encéphalopathie anoxo-ischémique néonatale à la phase aiguë – Note de cadrage</t>
+  </si>
+  <si>
+    <t>13/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2024 08:59:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560561/fr/label-diagnostic-et-prise-en-charge-de-l-encephalopathie-anoxo-ischemique-neonatale-a-la-phase-aigue-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3560561</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Prévention et prise en charge des effets indésirables pouvant survenir après une ponction lombaire</t>
+  </si>
+  <si>
+    <t>La ponction lombaire (PL) est un acte diagnostique ou thérapeutique fréquent, invasif, réalisable par tout médecin. Elle est à risque d’événements indésirables, exceptionnellement graves, et d’échecs dont la majorité serait évitable. Pour cela, il est nécessaire que tout médecin connaisse l’anatomie, les contre-indications, la technique de PL, le matériel utilisable, les événements indésirables et leur prévention.</t>
+  </si>
+  <si>
+    <t>12/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067854/fr/prevention-et-prise-en-charge-des-effets-indesirables-pouvant-survenir-apres-une-ponction-lombaire</t>
+  </si>
+  <si>
+    <t>p_3067854</t>
+  </si>
+  <si>
+    <t>Syndrome du bébé secoué ou traumatisme crânien non accidentel par secouement</t>
+  </si>
+  <si>
+    <t>La HAS et la SOFMER ont élaboré conjointement l’actualisation des recommandations de la commission d’audition de 2011 sur le thème du syndrome du bébé secoué. Cette recommandation de bonne pratique précise la démarche diagnostique (repérage, conduites à tenir, lésions observées, bilan clinique et para-clinique, diagnostics différentiels, critères diagnostiques), le mécanisme causal et la datation des lésions, ainsi que les aspects juridiques lorsque le diagnostic est évoqué ou posé.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles, destinées aux médecins généralistes, visent à répondre aux questions suivantes : Qu’est-ce que l’insomnie ? Comment la définir et la caractériser (type, étiologie) ? Quelle est l’épidémiologie de l’insomnie et quel est le poids de la maladie pour l’individu et la collectivité en France ? Quelles sont les questions pertinentes à poser au patient et quelles sont les investigations à réaliser par le médecin généraliste ? Quelles sont les indications des avis et des investigations spécialisées ? Quelle est la place du traitement pharmacologique et non pharmacologique, y compris celle du sevrage ? Quel arbre décisionnel proposer ?</t>
+  </si>
+  <si>
+    <t>20/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522637/fr/prise-en-charge-du-patient-adulte-se-plaignant-d-insomnie-en-medecine-generale</t>
+  </si>
+  <si>
+    <t>c_522637</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Induced abortion up to 14 weeks</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Modalités de prise de décision concernant l’indication en urgence d’une hospitalisation sans consentement d’une personne présentant des troubles mentaux</t>
+  </si>
+  <si>
+    <t>Préciser les acteurs concernés et les éléments à prendre en compte pour décider d’une hospitalisation sans consentement (hospitalisation à la demande d’un tiers ou hospitalisation d’office) : Patients potentiellement concernés Intervenant pré-hospitaliers concernés Appréciation de la capacité à consentir aux soins Moyens favorisant l’obtention d’un consentement aux soins Évaluation de l’entourage familial et social avant la mise en œuvre d’une hospitalisation sans consentement Indications d’une hospitalisation sans consentement Alternatives éventuelles à l’hospitalisation sans consentement Modalités de mise en œuvre d’une hospitalisation sans consentement (rédaction des certificats, modalités de transport, modalités d’accueil hospitalier)</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272435/fr/modalites-de-prise-de-decision-concernant-l-indication-en-urgence-d-une-hospitalisation-sans-consentement-d-une-personne-presentant-des-troubles-mentaux</t>
+  </si>
+  <si>
+    <t>c_272435</t>
+  </si>
+  <si>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Microsomies craniofaciales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Microsomie craniofaciale. Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301604/fr/microsomies-craniofaciales</t>
+  </si>
+  <si>
+    <t>p_3301604</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Syndrome du QT Long</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
+  </si>
+  <si>
+    <t>p_3290161</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Hypophosphatasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’hypophosphatasie (HPP). Il a été élaboré par le centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280131/fr/hypophosphatasie</t>
+  </si>
+  <si>
+    <t>p_3280131</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Amyotrophie spinale infantile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amyotrophie spinale infantile. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245042/fr/amyotrophie-spinale-infantile</t>
+  </si>
+  <si>
+    <t>p_3245042</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
+  </si>
+  <si>
+    <t>Patients présentant un trouble neurocognitif associé à la maladie d’Alzheimer ou à une maladie apparentée</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les parcours de soins des patients présentant un trouble neurocognitif (TNC) associé à la maladie d’Alzheimer ou à une maladie apparentée. Il complète différents travaux de la HAS sur ce thème. Ce travail contribue aux mesures et répond aux actions prioritaires du plan national des maladies neurodégénératives (PMND).</t>
+  </si>
+  <si>
+    <t>22/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2018 10:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906096/fr/patients-presentant-un-trouble-neurocognitif-associe-a-la-maladie-d-alzheimer-ou-a-une-maladie-apparentee</t>
+  </si>
+  <si>
+    <t>c_2906096</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Fin de vie : en parler, la préparer et l’accompagner</t>
+  </si>
+  <si>
+    <t>La HAS publie aujourd’hui un guide à destination des professionnels de santé afin de les aider à mettre en œuvre une sédation profonde et continue maintenue jusqu’au décès, pratique sédative prévue par la loi Claeys-Leonetti, que les patients peuvent demander dans des circonstances précises. Ce travail complète une série de travaux de la HAS sur l’accompagnement de la fin de vie : rédaction des directives anticipées, mise en place d’une démarche palliative ou encore maintien à domicile des patients qui nécessitent des soins palliatifs. L’ensemble de ces travaux vise à entendre la demande des patients de finir leur vie chez eux, sans souffrir ainsi qu’à outiller les professionnels de santé, à l’hôpital comme en ville, pour appréhender cette situation.</t>
+  </si>
+  <si>
+    <t>15/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834548/fr/fin-de-vie-en-parler-la-preparer-et-l-accompagner</t>
+  </si>
+  <si>
+    <t>c_2834548</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endoscopie sous sommeil induit dans le syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) chez les adultes</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, des performances diagnostiques et de la sécurité de l’endoscopie sous sommeil induit (ESSI) au sein de la stratégie de prise en charge des patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS), au travers d’une comparaison avec la stratégie incluant l’examen clinique et l’endoscopie réalisée en état d’éveil (sans induction de sommeil)</t>
+  </si>
+  <si>
+    <t>17/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
-    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
+  </si>
+  <si>
+    <t>Évaluer l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel du côlon jugé à faible risque d’envahissement ganglionnaire</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure laser par comparaison à la technique de référence (crossectomie éveinage de varice de grande et petite veine saphène) et par comparaison à l’alternative validée d’occlusion de grande veine saphène par radiofréquence</t>
+  </si>
+  <si>
+    <t>14/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587776/fr/occlusion-de-veine-saphene-par-laser-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_2587776</t>
+  </si>
+  <si>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
+  </si>
+  <si>
+    <t>c_1024762</t>
+  </si>
+  <si>
+    <t>Conditions de réalisation de la chirurgie de la cataracte : environnement technique - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>21/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2010 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_992026/fr/conditions-de-realisation-de-la-chirurgie-de-la-cataracte-environnement-technique-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_992026</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 septembre 2025</t>
+  </si>
+  <si>
+    <t>27/08/2025 16:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3642978/fr/commission-de-la-transparence-reunion-du-2-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3642978</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2025</t>
+  </si>
+  <si>
+    <t>18/06/2025 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610301/fr/commission-de-la-transparence-reunion-du-25-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3610301</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2024</t>
+  </si>
+  <si>
+    <t>19/06/2024 13:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525360/fr/commission-de-la-transparence-reunion-du-26-juin-2024</t>
+  </si>
+  <si>
+    <t>p_3525360</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2024</t>
+  </si>
+  <si>
+    <t>05/06/2024 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520457/fr/commission-de-la-transparence-reunion-du-12-juin-2024</t>
+  </si>
+  <si>
+    <t>p_3520457</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 15 décembre 2021</t>
+  </si>
+  <si>
+    <t>08/12/2021 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303778/fr/commission-de-la-transparence-reunion-a-distance-du-15-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3303778</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 décembre 2021</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302848/fr/commission-de-la-transparence-reunion-a-distance-du-8-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3302848</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 6 octobre 2021</t>
+  </si>
+  <si>
+    <t>29/09/2021 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289519/fr/commission-de-la-transparence-reunion-a-distance-du-6-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3289519</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 30 avril 2020</t>
+  </si>
+  <si>
+    <t>24/04/2020 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180103/fr/college-deliberatif-du-30-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3180103</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29 janvier 2020</t>
+  </si>
+  <si>
+    <t>24/01/2020 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148159/fr/college-deliberatif-du-29-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3148159</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 octobre 2019</t>
+  </si>
+  <si>
+    <t>16/10/2019 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113382/fr/commission-de-la-transparence-reunion-du-23-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3113382</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 juillet 2012</t>
+  </si>
+  <si>
+    <t>18/07/2012 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1273574/fr/commission-de-la-transparence-reunion-du-18-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1273574</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>BUCCOLAM (midazolam)</t>
   </si>
   <si>
-    <t>09/05/2025 13:50:12</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983442/en/buccolam-midazolam</t>
+    <t>05/09/2025 13:50:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983442/fr/buccolam-midazolam</t>
   </si>
   <si>
     <t>pprd_2983442</t>
   </si>
   <si>
     <t>midazolam</t>
   </si>
   <si>
     <t>NEURAXPHARM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1284604/en/buccolam</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3643533/en/buccolam-midazolam-epileptic-seizures-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/c_1284604/fr/buccolam-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818022/fr/buccolam-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643533/fr/buccolam-midazolam-epilepsie-chez-l-adulte</t>
   </si>
   <si>
     <t>MIDAZOLAM (midazolam)</t>
   </si>
   <si>
-    <t>07/29/2024 16:44:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985935/en/midazolam-midazolam</t>
+    <t>29/07/2024 16:44:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985935/fr/midazolam-midazolam</t>
   </si>
   <si>
     <t>pprd_2985935</t>
   </si>
   <si>
     <t>AGUETTANT / MEDIPHA SANTE / ACCORD HEALTHCARE FRANCE SAS / LABORATOIRE PANPHARMA / LABORATOIRE VIATRIS SANTE / MYLAN SAS / SUN PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399226/en/midazolam-merck-midazolam</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3534494/en/midazolam-viatris-midazolam-premedication</t>
+    <t>https://www.has-sante.fr/jcms/c_399226/fr/midazolam-merck-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399837/fr/midazolam-dakota-pharm-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399857/fr/midazolam-aguettant-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184680/fr/midazolam-kalceks-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299685/fr/midazolam-accord-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299676/fr/midazolam-mylan-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313600/fr/midazolam-sun-solution-injectable-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527471/fr/midazolam-aguettant-midazolam-sedation-en-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534488/fr/midazolam-aguettant-midazolam-premedication</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534485/fr/midazolam-panpharma-midazolam-premedication</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534494/fr/midazolam-viatris-midazolam-premedication</t>
   </si>
   <si>
     <t>OZALIN (midazolam)</t>
   </si>
   <si>
-    <t>11/18/2019 09:09:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3118605/en/ozalin-midazolam</t>
+    <t>18/11/2019 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118605/fr/ozalin-midazolam</t>
   </si>
   <si>
     <t>p_3118605</t>
   </si>
   <si>
     <t>NORDIC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3118545/en/ozalin-midazolam</t>
+    <t>https://www.has-sante.fr/jcms/p_3118545/fr/ozalin-midazolam</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -425,473 +1268,2059 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>29</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>76</v>
+      </c>
+      <c r="E13" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>77</v>
+      </c>
+      <c r="H13" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H14" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>86</v>
+      </c>
+      <c r="E15" t="s">
+        <v>87</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>88</v>
+      </c>
+      <c r="H15" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>90</v>
+      </c>
+      <c r="C16" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" t="s">
+        <v>92</v>
+      </c>
+      <c r="E16" t="s">
+        <v>93</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>94</v>
+      </c>
+      <c r="H16" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>96</v>
+      </c>
+      <c r="C17" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" t="s">
+        <v>98</v>
+      </c>
+      <c r="E17" t="s">
+        <v>99</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>100</v>
+      </c>
+      <c r="H17" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>38</v>
+        <v>102</v>
       </c>
       <c r="B2" t="s">
-        <v>39</v>
+        <v>103</v>
       </c>
       <c r="C2" t="s">
-        <v>40</v>
+        <v>104</v>
       </c>
       <c r="D2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>43</v>
+        <v>106</v>
       </c>
       <c r="H2" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>38</v>
+        <v>102</v>
       </c>
       <c r="B3" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="C3" t="s">
-        <v>46</v>
+        <v>109</v>
       </c>
       <c r="D3" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>48</v>
+        <v>110</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>49</v>
+        <v>111</v>
       </c>
       <c r="H3" t="s">
-        <v>50</v>
+        <v>112</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>102</v>
       </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>113</v>
       </c>
       <c r="C4" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="D4" t="s">
-        <v>53</v>
+        <v>115</v>
       </c>
       <c r="E4" t="s">
-        <v>54</v>
+        <v>116</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>55</v>
+        <v>117</v>
       </c>
       <c r="H4" t="s">
-        <v>56</v>
+        <v>118</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>102</v>
       </c>
       <c r="B5" t="s">
-        <v>57</v>
+        <v>119</v>
       </c>
       <c r="C5" t="s">
-        <v>58</v>
+        <v>120</v>
       </c>
       <c r="D5" t="s">
-        <v>59</v>
+        <v>121</v>
       </c>
       <c r="E5" t="s">
-        <v>60</v>
+        <v>122</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>61</v>
+        <v>123</v>
       </c>
       <c r="H5" t="s">
-        <v>62</v>
+        <v>124</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>102</v>
+      </c>
+      <c r="B6" t="s">
+        <v>125</v>
+      </c>
+      <c r="C6" t="s">
+        <v>126</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>127</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>128</v>
+      </c>
+      <c r="H6" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>102</v>
+      </c>
+      <c r="B7" t="s">
+        <v>130</v>
+      </c>
+      <c r="C7" t="s">
+        <v>131</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>127</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>132</v>
+      </c>
+      <c r="H7" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>102</v>
+      </c>
+      <c r="B8" t="s">
+        <v>134</v>
+      </c>
+      <c r="C8" t="s">
+        <v>135</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>127</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>136</v>
+      </c>
+      <c r="H8" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>102</v>
+      </c>
+      <c r="B9" t="s">
+        <v>138</v>
+      </c>
+      <c r="C9" t="s">
+        <v>139</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>140</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>141</v>
+      </c>
+      <c r="H9" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>102</v>
+      </c>
+      <c r="B10" t="s">
+        <v>143</v>
+      </c>
+      <c r="C10" t="s">
+        <v>144</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>145</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>146</v>
+      </c>
+      <c r="H10" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>102</v>
+      </c>
+      <c r="B11" t="s">
+        <v>148</v>
+      </c>
+      <c r="C11" t="s">
+        <v>149</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>150</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>151</v>
+      </c>
+      <c r="H11" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>153</v>
+      </c>
+      <c r="C12" t="s">
+        <v>154</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>150</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>155</v>
+      </c>
+      <c r="H12" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>157</v>
+      </c>
+      <c r="C13" t="s">
+        <v>158</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>159</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>160</v>
+      </c>
+      <c r="H13" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14" t="s">
+        <v>162</v>
+      </c>
+      <c r="C14" t="s">
+        <v>163</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>164</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>165</v>
+      </c>
+      <c r="H14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>167</v>
+      </c>
+      <c r="C15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>169</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>170</v>
+      </c>
+      <c r="H15" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" t="s">
+        <v>172</v>
+      </c>
+      <c r="C16" t="s">
+        <v>173</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>174</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>175</v>
+      </c>
+      <c r="H16" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>102</v>
+      </c>
+      <c r="B17" t="s">
+        <v>177</v>
+      </c>
+      <c r="C17" t="s">
+        <v>178</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>174</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>179</v>
+      </c>
+      <c r="H17" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" t="s">
+        <v>181</v>
+      </c>
+      <c r="C18" t="s">
+        <v>182</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>183</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>184</v>
+      </c>
+      <c r="H18" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>102</v>
+      </c>
+      <c r="B19" t="s">
+        <v>186</v>
+      </c>
+      <c r="C19" t="s">
+        <v>187</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>188</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>189</v>
+      </c>
+      <c r="H19" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>102</v>
+      </c>
+      <c r="B20" t="s">
+        <v>191</v>
+      </c>
+      <c r="C20" t="s">
+        <v>192</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>193</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>194</v>
+      </c>
+      <c r="H20" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>102</v>
+      </c>
+      <c r="B21" t="s">
+        <v>196</v>
+      </c>
+      <c r="C21" t="s">
+        <v>197</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>198</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>199</v>
+      </c>
+      <c r="H21" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>102</v>
+      </c>
+      <c r="B22" t="s">
+        <v>201</v>
+      </c>
+      <c r="C22" t="s">
+        <v>202</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>203</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>204</v>
+      </c>
+      <c r="H22" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" t="s">
+        <v>206</v>
+      </c>
+      <c r="C23" t="s">
+        <v>207</v>
+      </c>
+      <c r="D23" t="s">
+        <v>208</v>
+      </c>
+      <c r="E23" t="s">
+        <v>209</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>210</v>
+      </c>
+      <c r="H23" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" t="s">
+        <v>212</v>
+      </c>
+      <c r="C24" t="s">
+        <v>213</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>214</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>215</v>
+      </c>
+      <c r="H24" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" t="s">
+        <v>217</v>
+      </c>
+      <c r="C25" t="s">
+        <v>218</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>214</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>219</v>
+      </c>
+      <c r="H25" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>102</v>
+      </c>
+      <c r="B26" t="s">
+        <v>221</v>
+      </c>
+      <c r="C26" t="s">
+        <v>222</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>223</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>224</v>
+      </c>
+      <c r="H26" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>102</v>
+      </c>
+      <c r="B27" t="s">
+        <v>226</v>
+      </c>
+      <c r="C27" t="s">
+        <v>227</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>228</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>229</v>
+      </c>
+      <c r="H27" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>102</v>
+      </c>
+      <c r="B28" t="s">
+        <v>231</v>
+      </c>
+      <c r="C28" t="s">
+        <v>232</v>
+      </c>
+      <c r="D28" t="s">
+        <v>233</v>
+      </c>
+      <c r="E28" t="s">
+        <v>234</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>235</v>
+      </c>
+      <c r="H28" t="s">
+        <v>236</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>237</v>
+      </c>
+      <c r="B2" t="s">
+        <v>238</v>
+      </c>
+      <c r="C2" t="s">
+        <v>239</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>240</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>241</v>
+      </c>
+      <c r="H2" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>237</v>
+      </c>
+      <c r="B3" t="s">
+        <v>243</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>245</v>
+      </c>
+      <c r="H3" t="s">
+        <v>246</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>247</v>
+      </c>
+      <c r="B2" t="s">
+        <v>248</v>
+      </c>
+      <c r="C2" t="s">
+        <v>249</v>
+      </c>
+      <c r="D2" t="s">
+        <v>250</v>
+      </c>
+      <c r="E2" t="s">
+        <v>251</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>252</v>
+      </c>
+      <c r="H2" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C3" t="s">
+        <v>255</v>
+      </c>
+      <c r="D3" t="s">
+        <v>256</v>
+      </c>
+      <c r="E3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>258</v>
+      </c>
+      <c r="H3" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>247</v>
+      </c>
+      <c r="B4" t="s">
+        <v>260</v>
+      </c>
+      <c r="C4" t="s">
+        <v>261</v>
+      </c>
+      <c r="D4" t="s">
+        <v>262</v>
+      </c>
+      <c r="E4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>264</v>
+      </c>
+      <c r="H4" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>247</v>
+      </c>
+      <c r="B5" t="s">
+        <v>266</v>
+      </c>
+      <c r="C5" t="s">
+        <v>267</v>
+      </c>
+      <c r="D5" t="s">
+        <v>268</v>
+      </c>
+      <c r="E5" t="s">
+        <v>269</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>270</v>
+      </c>
+      <c r="H5" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>247</v>
+      </c>
+      <c r="B6" t="s">
+        <v>272</v>
+      </c>
+      <c r="C6" t="s">
+        <v>273</v>
+      </c>
+      <c r="D6" t="s">
+        <v>274</v>
+      </c>
+      <c r="E6" t="s">
+        <v>275</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>276</v>
+      </c>
+      <c r="H6" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>247</v>
+      </c>
+      <c r="B7" t="s">
+        <v>278</v>
+      </c>
+      <c r="C7" t="s">
+        <v>279</v>
+      </c>
+      <c r="D7" t="s">
+        <v>280</v>
+      </c>
+      <c r="E7" t="s">
+        <v>281</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>282</v>
+      </c>
+      <c r="H7" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>247</v>
+      </c>
+      <c r="B8" t="s">
+        <v>284</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>285</v>
+      </c>
+      <c r="E8" t="s">
+        <v>286</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>287</v>
+      </c>
+      <c r="H8" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>247</v>
+      </c>
+      <c r="B9" t="s">
+        <v>289</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>290</v>
+      </c>
+      <c r="E9" t="s">
+        <v>291</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>292</v>
+      </c>
+      <c r="H9" t="s">
+        <v>293</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>295</v>
+      </c>
+      <c r="B2" t="s">
+        <v>296</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>297</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>298</v>
+      </c>
+      <c r="H2" t="s">
+        <v>299</v>
+      </c>
+      <c r="I2" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B3" t="s">
+        <v>301</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>302</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>303</v>
+      </c>
+      <c r="H3" t="s">
+        <v>304</v>
+      </c>
+      <c r="I3" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B4" t="s">
+        <v>305</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>306</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>307</v>
+      </c>
+      <c r="H4" t="s">
+        <v>308</v>
+      </c>
+      <c r="I4" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>295</v>
+      </c>
+      <c r="B5" t="s">
+        <v>309</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>310</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>311</v>
+      </c>
+      <c r="H5" t="s">
+        <v>312</v>
+      </c>
+      <c r="I5" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>295</v>
+      </c>
+      <c r="B6" t="s">
+        <v>313</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>314</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>315</v>
+      </c>
+      <c r="H6" t="s">
+        <v>316</v>
+      </c>
+      <c r="I6" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>295</v>
+      </c>
+      <c r="B7" t="s">
+        <v>317</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>318</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>319</v>
+      </c>
+      <c r="H7" t="s">
+        <v>320</v>
+      </c>
+      <c r="I7" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>295</v>
+      </c>
+      <c r="B8" t="s">
+        <v>321</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>322</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>323</v>
+      </c>
+      <c r="H8" t="s">
+        <v>324</v>
+      </c>
+      <c r="I8" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>295</v>
+      </c>
+      <c r="B9" t="s">
+        <v>325</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>326</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>327</v>
+      </c>
+      <c r="H9" t="s">
+        <v>328</v>
+      </c>
+      <c r="I9" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>295</v>
+      </c>
+      <c r="B10" t="s">
+        <v>329</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>330</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>331</v>
+      </c>
+      <c r="H10" t="s">
+        <v>332</v>
+      </c>
+      <c r="I10" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>295</v>
+      </c>
+      <c r="B11" t="s">
+        <v>333</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>334</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>335</v>
+      </c>
+      <c r="H11" t="s">
+        <v>336</v>
+      </c>
+      <c r="I11" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>295</v>
+      </c>
+      <c r="B12" t="s">
+        <v>337</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>338</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>339</v>
+      </c>
+      <c r="H12" t="s">
+        <v>340</v>
+      </c>
+      <c r="I12" t="s">
+        <v>300</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:U4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>63</v>
+        <v>341</v>
       </c>
       <c r="J1" t="s">
-        <v>64</v>
+        <v>342</v>
       </c>
       <c r="K1" t="s">
-        <v>65</v>
+        <v>343</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>66</v>
+        <v>344</v>
       </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>345</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>68</v>
+        <v>346</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>69</v>
+        <v>347</v>
       </c>
       <c r="H2" t="s">
-        <v>70</v>
+        <v>348</v>
       </c>
       <c r="I2" t="s">
-        <v>71</v>
+        <v>349</v>
       </c>
       <c r="J2" t="s">
-        <v>72</v>
+        <v>350</v>
       </c>
       <c r="K2" t="s">
-        <v>73</v>
+        <v>351</v>
       </c>
       <c r="L2" t="s">
-        <v>74</v>
+        <v>352</v>
       </c>
       <c r="M2" t="s">
-        <v>75</v>
+        <v>353</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>344</v>
       </c>
       <c r="B3" t="s">
-        <v>76</v>
+        <v>354</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>77</v>
+        <v>355</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>78</v>
+        <v>356</v>
       </c>
       <c r="H3" t="s">
-        <v>79</v>
+        <v>357</v>
       </c>
       <c r="I3" t="s">
-        <v>71</v>
+        <v>349</v>
       </c>
       <c r="J3" t="s">
-        <v>80</v>
+        <v>358</v>
       </c>
       <c r="K3" t="s">
-        <v>81</v>
+        <v>359</v>
       </c>
       <c r="L3" t="s">
-        <v>82</v>
+        <v>360</v>
       </c>
       <c r="M3" t="s">
-        <v>83</v>
+        <v>361</v>
       </c>
       <c r="N3" t="s">
-        <v>84</v>
+        <v>362</v>
       </c>
       <c r="O3" t="s">
-        <v>85</v>
+        <v>363</v>
       </c>
       <c r="P3" t="s">
-        <v>86</v>
+        <v>364</v>
       </c>
       <c r="Q3" t="s">
-        <v>87</v>
+        <v>365</v>
       </c>
       <c r="R3" t="s">
-        <v>88</v>
+        <v>366</v>
       </c>
       <c r="S3" t="s">
-        <v>89</v>
+        <v>367</v>
       </c>
       <c r="T3" t="s">
-        <v>90</v>
+        <v>368</v>
       </c>
       <c r="U3" t="s">
-        <v>91</v>
+        <v>369</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>66</v>
+        <v>344</v>
       </c>
       <c r="B4" t="s">
-        <v>92</v>
+        <v>370</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>93</v>
+        <v>371</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>94</v>
+        <v>372</v>
       </c>
       <c r="H4" t="s">
-        <v>95</v>
+        <v>373</v>
       </c>
       <c r="I4" t="s">
-        <v>71</v>
+        <v>349</v>
       </c>
       <c r="J4" t="s">
-        <v>96</v>
+        <v>374</v>
       </c>
       <c r="K4" t="s">
-        <v>97</v>
+        <v>375</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>