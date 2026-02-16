--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,243 +1,1293 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="125">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>ZAVESCA (N/R/ miglustat)</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Déficit congénital en sucrase-isomaltase (DCSI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de DCSI. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/18/2011 15:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985302/en/zavesca-n/r/-miglustat</t>
+    <t>11/04/2025 08:53:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601501/fr/deficit-congenital-en-sucrase-isomaltase-dcsi</t>
+  </si>
+  <si>
+    <t>p_3601501</t>
+  </si>
+  <si>
+    <t>ALD n° 15 - Maladie d'Alzheimer et autres démences</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2012 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_820000/fr/ald-n-15-maladie-d-alzheimer-et-autres-demences</t>
+  </si>
+  <si>
+    <t>c_820000</t>
+  </si>
+  <si>
+    <t>Maladie de Gaucher</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Gaucher. Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/05/2022 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339127/fr/maladie-de-gaucher</t>
+  </si>
+  <si>
+    <t>p_3339127</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 octobre 2023</t>
+  </si>
+  <si>
+    <t>11/10/2023 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467505/fr/commission-de-la-transparence-reunion-du-18-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3467505</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2023</t>
+  </si>
+  <si>
+    <t>20/07/2023 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452781/fr/commission-de-la-transparence-reunion-du-19-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3452781</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er décembre 2010</t>
+  </si>
+  <si>
+    <t>01/12/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1003851/fr/commission-de-la-transparence-reunion-du-1er-decembre-2010</t>
+  </si>
+  <si>
+    <t>c_1003851</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 décembre 2009</t>
+  </si>
+  <si>
+    <t>16/12/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893706/fr/commission-de-la-transparence-reunion-du-16-decembre-2009</t>
+  </si>
+  <si>
+    <t>c_893706</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2009</t>
+  </si>
+  <si>
+    <t>21/10/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866337/fr/commission-de-la-transparence-reunion-du-21-octobre-2009</t>
+  </si>
+  <si>
+    <t>c_866337</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2007</t>
+  </si>
+  <si>
+    <t>20/06/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616102/fr/commission-de-la-transparence-reunion-du-20-juin-2007</t>
+  </si>
+  <si>
+    <t>c_616102</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2007</t>
+  </si>
+  <si>
+    <t>04/07/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616105/fr/commission-de-la-transparence-reunion-du-4-juillet-2007</t>
+  </si>
+  <si>
+    <t>c_616105</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0296/DC/SEM du 27 juillet 2023 du collège de la Haute Autorité de santé portant refus de la demande d’accès précoce de la spécialité OPFOLDA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée aux spécialités POMBILITI (cipaglucosidase alfa) et OPFOLDA (miglustat) dans l'indication « POMBILITI (cipaglucosidase alfa) en association avec OPFOLDA (miglustat) est indiqué dans le traitement à long terme des patients adultes atteints de la forme tardive de la maladie de Pompe (déficit en α-glucosidase acide [GAA]) en cas d’échec à un traitement enzymatique substitutif ».</t>
+  </si>
+  <si>
+    <t>27/07/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>03/08/2023 10:17:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456850/fr/decision-n2023-0296/dc/sem-du-27-juillet-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-acces-precoce-de-la-specialite-opfolda</t>
+  </si>
+  <si>
+    <t>p_3456850</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0297/DC/SEM du 27 juillet 2023 du collège de la Haute Autorité de santé portant refus de la demande d’accès précoce de la spécialité POMBILITI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456857/fr/decision-n2023-0297/dc/sem-du-27-juillet-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-acces-precoce-de-la-specialite-pombiliti</t>
+  </si>
+  <si>
+    <t>p_3456857</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0050/AC/SEM du 10 juin 2015 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité CERDELGA (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>L’indication validée par l’AMM mais non comprise dans les indications définies dans l’ATU de cohorte est la suivante : Traitement à long terme des patients adultes atteints de la maladie de Gaucher de type 1 (MG1), qui sont métaboliseurs lents (MLs) du cytochrome 2D6 (CYP2D6). Dans cette indication, la HAS a identifié plusieurs alternatives thérapeutiques prise en charge par les régimes obligatoires de la sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis. Le présent avis sera publié au Bulletin officiel de la HAS..</t>
+  </si>
+  <si>
+    <t>10/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>19/06/2015 15:52:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2039975/fr/avis-n-2015-0050/ac/sem-du-10-juin-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-cerdelga-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2039975</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>OPFOLDA (miglustat)</t>
+  </si>
+  <si>
+    <t>09/11/2023 10:29:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456874/fr/opfolda-miglustat</t>
+  </si>
+  <si>
+    <t>p_3456874</t>
+  </si>
+  <si>
+    <t>miglustat</t>
+  </si>
+  <si>
+    <t>AMICUS THERAPEUTICS SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456825/fr/pombiliti-cipaglucosidase-alfa-opfolda-miglustat-en-association-forme-tardive-maladie-de-pompe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470276/fr/pombiliti-cipaglucosidase-alfa-/-opfolda-miglustat-maladie-de-pompe</t>
+  </si>
+  <si>
+    <t>MIGLUSTAT (miglustat)</t>
+  </si>
+  <si>
+    <t>20/05/2020 08:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982966/fr/miglustat-miglustat</t>
+  </si>
+  <si>
+    <t>pprd_2982966</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS/ ARROW GENERIQUES/ BLUEFISH PHARMACEUTICALS AB/ GEN.ORPH/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607073/fr/miglustat-bluefish-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856028/fr/miglustat-gen-orph-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891311/fr/miglustat-accord-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122215/fr/miglustat-accord-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184914/fr/miglustat-dipharma-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3084023/fr/miglustat-dipharma-miglustat</t>
+  </si>
+  <si>
+    <t>YARGESA (miglustat)</t>
+  </si>
+  <si>
+    <t>17/09/2019 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104929/fr/yargesa-miglustat</t>
+  </si>
+  <si>
+    <t>p_3104929</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104691/fr/yargesa-miglustat</t>
+  </si>
+  <si>
+    <t>ZAVESCA (miglustat)</t>
+  </si>
+  <si>
+    <t>18/02/2011 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985302/fr/zavesca-miglustat</t>
   </si>
   <si>
     <t>pprd_2985302</t>
   </si>
   <si>
-    <t>miglustat</t>
-[...1 lines deleted...]
-  <si>
     <t>Laboratoire ACTELION PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399915/en/zavesca-miglustat</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_905044/en/zavesca</t>
+    <t>https://www.has-sante.fr/jcms/c_399915/fr/zavesca-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_905044/fr/zavesca-miglustat</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>41</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H2" t="s">
+        <v>47</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>51</v>
+      </c>
+      <c r="H3" t="s">
+        <v>52</v>
+      </c>
+      <c r="I3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>54</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H4" t="s">
+        <v>56</v>
+      </c>
+      <c r="I4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>58</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>59</v>
+      </c>
+      <c r="H5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6" t="s">
+        <v>64</v>
+      </c>
+      <c r="I6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>67</v>
+      </c>
+      <c r="H7" t="s">
+        <v>68</v>
+      </c>
+      <c r="I7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>70</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>71</v>
+      </c>
+      <c r="H8" t="s">
+        <v>72</v>
+      </c>
+      <c r="I8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H2" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D3" t="s">
+        <v>76</v>
+      </c>
+      <c r="E3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>81</v>
+      </c>
+      <c r="H3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>73</v>
+      </c>
+      <c r="B4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>87</v>
+      </c>
+      <c r="H4" t="s">
+        <v>88</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>89</v>
+      </c>
+      <c r="J1" t="s">
+        <v>90</v>
+      </c>
+      <c r="K1" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
+      </c>
+      <c r="I2" t="s">
+        <v>97</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>98</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>99</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B3" t="s">
+        <v>101</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>103</v>
+      </c>
+      <c r="H3" t="s">
+        <v>104</v>
+      </c>
+      <c r="I3" t="s">
+        <v>97</v>
+      </c>
+      <c r="J3" t="s">
+        <v>105</v>
+      </c>
+      <c r="K3" t="s">
+        <v>106</v>
+      </c>
+      <c r="L3" t="s">
+        <v>107</v>
+      </c>
+      <c r="M3" t="s">
+        <v>108</v>
+      </c>
+      <c r="N3" t="s">
+        <v>109</v>
+      </c>
+      <c r="O3" t="s">
+        <v>109</v>
+      </c>
+      <c r="P3" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>92</v>
+      </c>
+      <c r="B4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>113</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>114</v>
+      </c>
+      <c r="H4" t="s">
+        <v>115</v>
+      </c>
+      <c r="I4" t="s">
+        <v>97</v>
+      </c>
+      <c r="J4" t="s">
+        <v>116</v>
+      </c>
+      <c r="K4" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>119</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>120</v>
+      </c>
+      <c r="H5" t="s">
+        <v>121</v>
+      </c>
+      <c r="I5" t="s">
+        <v>97</v>
+      </c>
+      <c r="J5" t="s">
+        <v>122</v>
+      </c>
+      <c r="K5" t="s">
+        <v>123</v>
+      </c>
+      <c r="L5" t="s">
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>