--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,207 +1,1420 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="130">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>03/24/2025 11:14:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>VISMED</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:33:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237075/fr/vismed</t>
+  </si>
+  <si>
+    <t>p_3237075</t>
+  </si>
+  <si>
+    <t>Solution stérile de hyaluronate de sodium à 0,18% pour usage  ophtalmique topique</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>HYLOVIS</t>
+  </si>
+  <si>
+    <t>03/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2020 11:23:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221147/fr/hylovis</t>
+  </si>
+  <si>
+    <t>p_3221147</t>
+  </si>
+  <si>
+    <t>Solution stérile de hyaluronate de sodium à 0,18% pour usage ophtalmique topique</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS</t>
+  </si>
+  <si>
+    <t>26/11/2015 16:56:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572145/fr/vismed</t>
+  </si>
+  <si>
+    <t>c_2572145</t>
+  </si>
+  <si>
+    <t>HYLOVIS Multi</t>
+  </si>
+  <si>
+    <t>16/11/2015 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571466/fr/hylovis-multi</t>
+  </si>
+  <si>
+    <t>c_2571466</t>
+  </si>
+  <si>
+    <t>HYLOVIS - 07 décembre 2010 (3051) avis</t>
+  </si>
+  <si>
+    <t>07/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010207/fr/hylovis-07-decembre-2010-3051-avis</t>
+  </si>
+  <si>
+    <t>c_1010207</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS (France)</t>
+  </si>
+  <si>
+    <t>HYLOVIS MULTI - 07 décembre 2010 (3072) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010209/fr/hylovis-multi-07-decembre-2010-3072-avis</t>
+  </si>
+  <si>
+    <t>c_1010209</t>
+  </si>
+  <si>
+    <t>VISMED - 07 décembre 2010 (3053) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010211/fr/vismed-07-decembre-2010-3053-avis</t>
+  </si>
+  <si>
+    <t>c_1010211</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA (France)</t>
+  </si>
+  <si>
+    <t>VISMED MULTI - 07 décembre 2010 (3073) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010213/fr/vismed-multi-07-decembre-2010-3073-avis</t>
+  </si>
+  <si>
+    <t>c_1010213</t>
+  </si>
+  <si>
+    <t>MEGACROM</t>
+  </si>
+  <si>
+    <t>08/10/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398480/fr/megacrom</t>
+  </si>
+  <si>
+    <t>c_398480</t>
+  </si>
+  <si>
+    <t>CROMA PHARMA (Autriche)</t>
+  </si>
+  <si>
+    <t>OCULOCROM 2%</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398482/fr/oculocrom-2</t>
+  </si>
+  <si>
+    <t>c_398482</t>
+  </si>
+  <si>
+    <t>CYSTISTAT 40mg/50ml</t>
+  </si>
+  <si>
+    <t>05/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398770/fr/cystistat-40mg/50ml</t>
+  </si>
+  <si>
+    <t>c_398770</t>
+  </si>
+  <si>
+    <t>BIONICHE</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
+  </si>
+  <si>
+    <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
+  </si>
+  <si>
+    <t>13/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
   </si>
   <si>
     <t>p_3459735</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Protocole type d'examen autopsique foetal ou néonatal</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce protocole type sont : - d'harmoniser les pratiques professionnelles en matière d’examen autopsique fœtal ou néonatal - d'aider les professionnels de santé concernés à rechercher et définir aussi précisément que possible la cause de la mort du fœtus, de l’enfant déclaré sans vie, voire de l’enfant né vivant puis décédé, ou d’identifier et confirmer la pathologie ayant justifié la réalisation d’une interruption de grossesse pour motif médical (IMG).</t>
+  </si>
+  <si>
+    <t>04/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747470/fr/protocole-type-d-examen-autopsique-foetal-ou-neonatal</t>
+  </si>
+  <si>
+    <t>c_1747470</t>
+  </si>
+  <si>
+    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Dans quelles situations les patients sont-ils à risque d'aspergillose invasive, en hématologie et transplantation ? Quelles mesures de prévention (primaire et secondaire) ont fait preuve de leur efficacité, pour quels patients et dans quelles conditions ? Quelles surveillances doivent être mises en place pour orienter la prévention ? Quelles sont les stratégies de prévention ?</t>
+  </si>
+  <si>
+    <t>22/05/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272072/fr/prevention-du-risque-aspergillaire-chez-les-patients-immunodeprimes-hematologie-transplantation</t>
+  </si>
+  <si>
+    <t>c_272072</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Myopathies reliées au collagène VI</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de myopathies liées au collagène de type VI (COLVI). Il a été élaboré par le Centre de Référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376221/fr/myopathies-reliees-au-collagene-vi</t>
+  </si>
+  <si>
+    <t>p_3376221</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Test de détection de la production d’IFNg (interféron gamma) pour le diagnostic des infections tuberculeuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport est d’évaluer un nouveau test visant à diagnostiquer les infections tuberculeuses. Ce test détecte l’Interféron-gamma produit in vitro par les lymphocytes T (obtenus par prise de sang) mis en contact avec des antigènes spécifiques de M. tuberculosis. Jusqu’à présent, le seul test diagnostique disponible était l’intradermoréaction qui présente de nombreuses difficultés.</t>
+  </si>
+  <si>
+    <t>13/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2006 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1498744/fr/test-de-detection-de-la-production-d-ifng-interferon-gamma-pour-le-diagnostic-des-infections-tuberculeuses</t>
+  </si>
+  <si>
+    <t>r_1498744</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à rotavirus - Révision de la stratégie vaccinale et détermination de la place des vaccins Rotarix et RotaTeq</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre les rotavirus chez tous les nourrissons âgés de 6 semaines à 6 mois, selon un schéma vaccinal à deux doses (à 2 et 3 mois de vie) pour le vaccin monovalent (Rotarix) et à trois doses (à 2, 3 et 4 mois de vie) pour le vaccin pentavalent (RotaTeq). Le strict respect de ce calendrier vaccinal est primordial afin d’assurer la complétude du schéma vaccinal avant l’âge limite (6 mois pour Rotarix et 8 mois pour RotaTeq).</t>
+  </si>
+  <si>
+    <t>23/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2022 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321070/fr/recommandation-vaccinale-contre-les-infections-a-rotavirus-revision-de-la-strategie-vaccinale-et-determination-de-la-place-des-vaccins-rotarix-et-rotateq</t>
+  </si>
+  <si>
+    <t>p_3321070</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>LACTEOL (lactobacillus LB* inactivés (5 milliards &amp; 10 milliards) et 80 mg &amp; 160 mg de milieu de culture** fermenté (neutralisé))</t>
+  </si>
+  <si>
+    <t>29/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985592/fr/lacteol-lactobacillus-lb-inactives-5-milliards-10-milliards-et-80-mg-160-mg-de-milieu-de-culture-fermente-neutralise</t>
+  </si>
+  <si>
+    <t>pprd_2985592</t>
+  </si>
+  <si>
+    <t>lactobacillus LB* inactivés (5 milliards) et 80 mg de milieu de culture** fermenté (neutralisé).,lactobacillus LB* inactivés (10 milliards) et 160 mg de milieu de culture** fermenté (neutralisé).</t>
+  </si>
+  <si>
+    <t>AXCAN PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400502/fr/lacteol-lactobacillus-lb-inactives-5-milliards-10-milliards-et-80-mg-160-mg-de-milieu-de-culture-fermente-neutralise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400977/fr/lacteol-lactobacillus-lb-inactives-5-milliards-10-milliards-et-80-mg-160-mg-de-milieu-de-culture-fermente-neutralise</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+      <c r="I8" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" t="s">
+        <v>35</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" t="s">
+        <v>48</v>
+      </c>
+      <c r="I9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>50</v>
+      </c>
+      <c r="E10" t="s">
+        <v>50</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10" t="s">
+        <v>52</v>
+      </c>
+      <c r="I10" t="s">
+        <v>12</v>
+      </c>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>54</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>50</v>
+      </c>
+      <c r="E11" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11" t="s">
+        <v>56</v>
+      </c>
+      <c r="I11" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>57</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>58</v>
+      </c>
+      <c r="E12" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>59</v>
+      </c>
+      <c r="H12" t="s">
+        <v>60</v>
+      </c>
+      <c r="I12" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" t="s">
+        <v>61</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C2" t="s">
+        <v>64</v>
+      </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D2" t="s">
+        <v>72</v>
+      </c>
+      <c r="E2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>74</v>
+      </c>
+      <c r="H2" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C3" t="s">
+        <v>77</v>
+      </c>
+      <c r="D3" t="s">
+        <v>78</v>
+      </c>
+      <c r="E3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>80</v>
+      </c>
+      <c r="H3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C4" t="s">
+        <v>83</v>
+      </c>
+      <c r="D4" t="s">
+        <v>84</v>
+      </c>
+      <c r="E4" t="s">
+        <v>85</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>86</v>
+      </c>
+      <c r="H4" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>69</v>
+      </c>
+      <c r="B5" t="s">
+        <v>88</v>
+      </c>
+      <c r="C5" t="s">
+        <v>89</v>
+      </c>
+      <c r="D5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>92</v>
+      </c>
+      <c r="H5" t="s">
+        <v>93</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>103</v>
+      </c>
+      <c r="H3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D2" t="s">
+        <v>108</v>
+      </c>
+      <c r="E2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>110</v>
+      </c>
+      <c r="H2" t="s">
+        <v>111</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>117</v>
+      </c>
+      <c r="H2" t="s">
+        <v>118</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>119</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>123</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>124</v>
+      </c>
+      <c r="H2" t="s">
+        <v>125</v>
+      </c>
+      <c r="I2" t="s">
+        <v>126</v>
+      </c>
+      <c r="J2" t="s">
+        <v>127</v>
+      </c>
+      <c r="K2" t="s">
+        <v>128</v>
+      </c>
+      <c r="L2" t="s">
+        <v>129</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>