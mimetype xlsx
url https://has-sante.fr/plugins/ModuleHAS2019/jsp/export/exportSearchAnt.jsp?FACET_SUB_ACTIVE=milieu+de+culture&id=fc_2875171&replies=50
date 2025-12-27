--- v1 (2025-11-04)
+++ v2 (2025-12-27)
@@ -8,70 +8,70 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="271" uniqueCount="141">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -236,50 +236,98 @@
   <si>
     <t>BIONICHE</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
   </si>
   <si>
     <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
   </si>
   <si>
     <t>13/03/2025 00:00:00</t>
   </si>
   <si>
     <t>24/03/2025 11:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Myopathies reliées au collagène VI</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de myopathies liées au collagène de type VI (COLVI). Il a été élaboré par le Centre de Référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376221/fr/myopathies-reliees-au-collagene-vi</t>
+  </si>
+  <si>
+    <t>p_3376221</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>18/02/2025 14:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
   </si>
   <si>
     <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
   </si>
   <si>
     <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
@@ -311,105 +359,90 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1747470/fr/protocole-type-d-examen-autopsique-foetal-ou-neonatal</t>
   </si>
   <si>
     <t>c_1747470</t>
   </si>
   <si>
     <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Dans quelles situations les patients sont-ils à risque d'aspergillose invasive, en hématologie et transplantation ? Quelles mesures de prévention (primaire et secondaire) ont fait preuve de leur efficacité, pour quels patients et dans quelles conditions ? Quelles surveillances doivent être mises en place pour orienter la prévention ? Quelles sont les stratégies de prévention ?</t>
   </si>
   <si>
     <t>22/05/2000 00:00:00</t>
   </si>
   <si>
     <t>01/03/2000 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272072/fr/prevention-du-risque-aspergillaire-chez-les-patients-immunodeprimes-hematologie-transplantation</t>
   </si>
   <si>
     <t>c_272072</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...31 lines deleted...]
-  <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Test de détection de la production d’IFNg (interféron gamma) pour le diagnostic des infections tuberculeuses</t>
   </si>
   <si>
     <t>L’objectif de ce rapport est d’évaluer un nouveau test visant à diagnostiquer les infections tuberculeuses. Ce test détecte l’Interféron-gamma produit in vitro par les lymphocytes T (obtenus par prise de sang) mis en contact avec des antigènes spécifiques de M. tuberculosis. Jusqu’à présent, le seul test diagnostique disponible était l’intradermoréaction qui présente de nombreuses difficultés.</t>
   </si>
   <si>
     <t>13/12/2006 00:00:00</t>
   </si>
   <si>
     <t>13/12/2006 16:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1498744/fr/test-de-detection-de-la-production-d-ifng-interferon-gamma-pour-le-diagnostic-des-infections-tuberculeuses</t>
   </si>
   <si>
     <t>r_1498744</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2025 09:50:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
+  </si>
+  <si>
+    <t>p_3804134</t>
   </si>
   <si>
     <t>Recommandation vaccinale contre les infections à rotavirus - Révision de la stratégie vaccinale et détermination de la place des vaccins Rotarix et RotaTeq</t>
   </si>
   <si>
     <t>La HAS recommande la vaccination contre les rotavirus chez tous les nourrissons âgés de 6 semaines à 6 mois, selon un schéma vaccinal à deux doses (à 2 et 3 mois de vie) pour le vaccin monovalent (Rotarix) et à trois doses (à 2, 3 et 4 mois de vie) pour le vaccin pentavalent (RotaTeq). Le strict respect de ce calendrier vaccinal est primordial afin d’assurer la complétude du schéma vaccinal avant l’âge limite (6 mois pour Rotarix et 8 mois pour RotaTeq).</t>
   </si>
   <si>
     <t>23/06/2022 00:00:00</t>
   </si>
   <si>
     <t>12/07/2022 16:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3321070/fr/recommandation-vaccinale-contre-les-infections-a-rotavirus-revision-de-la-strategie-vaccinale-et-determination-de-la-place-des-vaccins-rotarix-et-rotateq</t>
   </si>
   <si>
     <t>p_3321070</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
@@ -931,490 +964,542 @@
       </c>
       <c r="D2" t="s">
         <v>65</v>
       </c>
       <c r="E2" t="s">
         <v>66</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>67</v>
       </c>
       <c r="H2" t="s">
         <v>68</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>73</v>
+      </c>
+      <c r="H2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>78</v>
+      </c>
+      <c r="H3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C4" t="s">
+        <v>81</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>82</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>83</v>
+      </c>
+      <c r="H4" t="s">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="B2" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="C2" t="s">
-        <v>71</v>
+        <v>87</v>
       </c>
       <c r="D2" t="s">
-        <v>72</v>
+        <v>88</v>
       </c>
       <c r="E2" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
       <c r="H2" t="s">
-        <v>75</v>
+        <v>91</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="B3" t="s">
-        <v>76</v>
+        <v>92</v>
       </c>
       <c r="C3" t="s">
-        <v>77</v>
+        <v>93</v>
       </c>
       <c r="D3" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="E3" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="H3" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="B4" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="C4" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="D4" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="E4" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="H4" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="B5" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="C5" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="D5" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
       <c r="E5" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="H5" t="s">
-        <v>93</v>
-[...91 lines deleted...]
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C2" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="D2" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="E2" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="H2" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="B2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C2" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="D2" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="E2" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>117</v>
       </c>
-      <c r="H2" t="s">
-        <v>118</v>
+      <c r="B3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>128</v>
+      </c>
+      <c r="H3" t="s">
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="B2" t="s">
-        <v>122</v>
+        <v>133</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="H2" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="I2" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="J2" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="K2" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="L2" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>