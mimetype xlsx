--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1,207 +1,467 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/22/2014 15:42:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
+  </si>
+  <si>
+    <t>Dysplasie Ectodermique Anhidrotique</t>
+  </si>
+  <si>
+    <t>18/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113839/fr/dysplasie-ectodermique-anhidrotique</t>
+  </si>
+  <si>
+    <t>p_3113839</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>LONOTEN (minoxidil)</t>
+  </si>
+  <si>
+    <t>20/06/2018 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983239/fr/lonoten-minoxidil</t>
+  </si>
+  <si>
+    <t>pprd_2983239</t>
+  </si>
+  <si>
+    <t>minoxidil</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605691/fr/lonoten-minoxidil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749738/fr/lonoten-minoxidil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856042/fr/lonoten-minoxidil</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>27</v>
+      </c>
+      <c r="J1" t="s">
+        <v>28</v>
+      </c>
+      <c r="K1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+      <c r="I2" t="s">
+        <v>35</v>
+      </c>
+      <c r="J2" t="s">
+        <v>36</v>
+      </c>
+      <c r="K2" t="s">
+        <v>37</v>
+      </c>
+      <c r="L2" t="s">
+        <v>38</v>
+      </c>
+      <c r="M2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>