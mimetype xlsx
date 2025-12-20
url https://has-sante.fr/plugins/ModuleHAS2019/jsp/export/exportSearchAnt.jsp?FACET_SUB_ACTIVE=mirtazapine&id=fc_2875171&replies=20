--- v1 (2025-11-03)
+++ v2 (2025-12-20)
@@ -1,298 +1,1009 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="107">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Épisode dépressif caractérisé de l’adulte : prise en charge en premier recours</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique (RBP) porte sur la prise en charge de la dépression de l’adulte en soins de premier recours, et aborde plus particulièrement le rôle du médecin généraliste.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739917/fr/episode-depressif-caracterise-de-l-adulte-prise-en-charge-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1739917</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications évolutives d'un épisode dépressif caractérisé de l'adulte. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607702/fr/prise-en-charge-des-complications-evolutives-d-un-episode-depressif-caracterise-de-l-adulte-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_607702</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement de la dépression : quelle place pour la tianeptine (Stablon®) ?</t>
+  </si>
+  <si>
+    <t>Les antidépresseurs sont à réserver aux seules dépressions caractérisées d’intensité modérée à sévère ; ils doivent toujours être associés à une prise en charge globale et à une psychothérapie.</t>
+  </si>
+  <si>
+    <t>20/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1637734/fr/traitement-de-la-depression-quelle-place-pour-la-tianeptine-stablon</t>
+  </si>
+  <si>
+    <t>c_1637734</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>NORSET (mirtazapine)</t>
+  </si>
+  <si>
+    <t>07/07/2017 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983570/fr/norset-mirtazapine</t>
+  </si>
+  <si>
+    <t>pprd_2983570</t>
+  </si>
+  <si>
+    <t>mirtazapine</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399442/fr/norset-15-mg-comprime-pellicule-boite-de-30-comprimes-mirtazapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399443/fr/norset-30-mg-comprime-pellicule-secable-boite-de-30-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399809/fr/norset-15-mg/ml-solution-buvable-flacon-de-66-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399895/fr/norset-15-mg-comprime-orodispersible-boite-de-30-norset-30-mg-comprime-orodispersible-boite-de-30-norset-45-mg-comprime-orodispersible-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603011/fr/norset-mirtazapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244150/fr/norset-mirtazapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779167/fr/norset-mirtazapine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="C5" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D3" t="s">
+        <v>40</v>
+      </c>
+      <c r="E3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>42</v>
+      </c>
+      <c r="H3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>48</v>
+      </c>
+      <c r="H4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>64</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>70</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>71</v>
+      </c>
+      <c r="H8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>77</v>
+      </c>
+      <c r="H9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>80</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>81</v>
+      </c>
+      <c r="H10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>90</v>
+      </c>
+      <c r="J1" t="s">
+        <v>91</v>
+      </c>
+      <c r="K1" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>96</v>
+      </c>
+      <c r="H2" t="s">
+        <v>97</v>
+      </c>
+      <c r="I2" t="s">
+        <v>98</v>
+      </c>
+      <c r="J2" t="s">
+        <v>99</v>
+      </c>
+      <c r="K2" t="s">
+        <v>100</v>
+      </c>
+      <c r="L2" t="s">
+        <v>101</v>
+      </c>
+      <c r="M2" t="s">
+        <v>102</v>
+      </c>
+      <c r="N2" t="s">
+        <v>103</v>
+      </c>
+      <c r="O2" t="s">
+        <v>104</v>
+      </c>
+      <c r="P2" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>106</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>