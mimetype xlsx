--- v0 (2025-11-04)
+++ v1 (2026-02-15)
@@ -36,51 +36,51 @@
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
     <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
     <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="435" uniqueCount="238">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="443" uniqueCount="244">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -189,50 +189,68 @@
     <t>c_813793</t>
   </si>
   <si>
     <t>ORTHOSOM SAS</t>
   </si>
   <si>
     <t>ORTHESE TYPE O.R.M.</t>
   </si>
   <si>
     <t>15/04/2008 00:00:00</t>
   </si>
   <si>
     <t>15/04/2008 11:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_657701/fr/orthese-type-o-r-m</t>
   </si>
   <si>
     <t>c_657701</t>
   </si>
   <si>
     <t>Laboratoires NARVAL SA France</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
   </si>
   <si>
     <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
   </si>
   <si>
     <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
   </si>
   <si>
     <t>12/06/2025 00:00:00</t>
   </si>
   <si>
     <t>04/07/2025 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
   </si>
   <si>
     <t>p_3342082</t>
   </si>
   <si>
     <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
   </si>
   <si>
     <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
   </si>
@@ -1072,83 +1090,83 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="B2" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="H2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1225,314 +1243,314 @@
       </c>
       <c r="E4" t="s">
         <v>66</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
         <v>67</v>
       </c>
       <c r="H4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>69</v>
       </c>
       <c r="C5" t="s">
         <v>70</v>
       </c>
       <c r="D5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E5" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D6" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E6" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>50</v>
       </c>
       <c r="B7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D7" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E7" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="H7" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>50</v>
       </c>
       <c r="B8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C8" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="D8" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E8" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="H8" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
         <v>85</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="H9" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>50</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C10" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D10" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E10" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="H10" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>50</v>
       </c>
       <c r="B11" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C11" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D11" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H11" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>50</v>
       </c>
       <c r="B12" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C12" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="D12" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E12" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="H12" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>50</v>
       </c>
       <c r="B13" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="D13" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E13" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="H13" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>50</v>
       </c>
       <c r="B14" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C14" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="D14" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E14" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="H14" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>50</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C15" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="D15" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="E15" t="s">
-        <v>109</v>
+        <v>81</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15" t="s">
         <v>110</v>
       </c>
       <c r="H15" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>112</v>
       </c>
       <c r="C16" t="s">
         <v>113</v>
       </c>
       <c r="D16" t="s">
         <v>114</v>
       </c>
       <c r="E16" t="s">
@@ -1602,780 +1620,806 @@
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>50</v>
       </c>
       <c r="B19" t="s">
         <v>130</v>
       </c>
       <c r="C19" t="s">
         <v>131</v>
       </c>
       <c r="D19" t="s">
         <v>132</v>
       </c>
       <c r="E19" t="s">
         <v>133</v>
       </c>
       <c r="F19" t="s">
         <v>15</v>
       </c>
       <c r="G19" t="s">
         <v>134</v>
       </c>
       <c r="H19" t="s">
         <v>135</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>50</v>
+      </c>
+      <c r="B20" t="s">
+        <v>136</v>
+      </c>
+      <c r="C20" t="s">
+        <v>137</v>
+      </c>
+      <c r="D20" t="s">
+        <v>138</v>
+      </c>
+      <c r="E20" t="s">
+        <v>139</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>140</v>
+      </c>
+      <c r="H20" t="s">
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B2" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="C2" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="H2" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B3" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C3" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="H3" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B4" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="C4" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H4" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B5" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C5" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="H5" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B6" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="C6" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="H6" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B7" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="C7" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="H7" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B8" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="C8" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="H8" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B9" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C9" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="D9" t="s">
         <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="H9" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B10" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="C10" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="D10" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="E10" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="H10" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="B2" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C2" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="H2" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="B2" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="C2" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="D2" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="E2" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="H2" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="B2" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="H2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I2" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="B3" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="H3" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="I3" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="B2" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="C2" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="D2" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="E2" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="H2" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C2" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="D2" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="E2" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="H2" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="B2" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="H2" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="I2" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="J2" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="K2" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="L2" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="M2" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="N2" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="O2" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>