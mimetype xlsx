--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -9,100 +9,121 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="100">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Practice guidelines</t>
   </si>
   <si>
     <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
   </si>
   <si>
     <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
   </si>
   <si>
     <t>06/19/2025 00:00:00</t>
   </si>
   <si>
     <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
     <t>Chronic disease guide</t>
   </si>
   <si>
     <t>Care pathway guide: overweight and obesity in adults</t>
   </si>
   <si>
     <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
   </si>
   <si>
     <t>02/08/2024 00:00:00</t>
   </si>
   <si>
     <t>02/28/2024 16:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
     <t>Obesity surgery in adults</t>
   </si>
   <si>
     <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
@@ -258,50 +279,65 @@
     <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
   </si>
   <si>
     <t>c_1343374</t>
   </si>
   <si>
     <t>Assessment of medical devices for home infusion</t>
   </si>
   <si>
     <t>The objective of this document is to reassess the various categories of medical devices for home infusion, as well as the associated services, in order to ensure a proper basis for the renewal of their reimbursement. The reassessment had the following aims: - to evaluate the actual benefit of medical devices for home infusion, taking into account the therapeutic effect / adverse effects ratio, the role in the therapeutic strategy and the benefit to public health of these products; - to define the indications and clinical situations for the use of the different types of medical devices for home infusion; - to define the ways in which these products will be listed in the List of Products and Services Qualifying for Reimbursement (LPPR); - to determine the conditions of use and of prescription.</t>
   </si>
   <si>
     <t>09/01/2010 00:00:00</t>
   </si>
   <si>
     <t>02/08/2012 10:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
   </si>
   <si>
     <t>c_1198113</t>
   </si>
   <si>
     <t>Web page</t>
+  </si>
+  <si>
+    <t>The certification of hospitals for quality of care</t>
+  </si>
+  <si>
+    <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
+  </si>
+  <si>
+    <t>06/22/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/en/the-certification-of-hospitals-for-quality-of-care</t>
+  </si>
+  <si>
+    <t>c_2044304</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
     <t>04/30/2013 13:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -323,51 +359,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -409,327 +445,379 @@
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>52</v>
       </c>
       <c r="C9" t="s">
         <v>53</v>
       </c>
       <c r="D9" t="s">
         <v>54</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>56</v>
       </c>
       <c r="H9" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E11" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H11" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>82</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
         <v>83</v>
       </c>
       <c r="C14" t="s">
         <v>84</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>85</v>
       </c>
       <c r="E14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H14" t="s">
-        <v>87</v>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>92</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>93</v>
+      </c>
+      <c r="H15" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>89</v>
+      </c>
+      <c r="B16" t="s">
+        <v>95</v>
+      </c>
+      <c r="C16" t="s">
+        <v>96</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>97</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>98</v>
+      </c>
+      <c r="H16" t="s">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>