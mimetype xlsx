--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="277" uniqueCount="140">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -360,65 +360,50 @@
     <t>27/11/2007 10:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
   </si>
   <si>
     <t>c_607182</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Épidermolyses bulleuses héréditaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
   </si>
   <si>
     <t>c_2028188</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>15/12/2005 12:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240671/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
   </si>
   <si>
     <t>c_240671</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
@@ -1193,51 +1178,51 @@
       </c>
       <c r="D26" t="s">
         <v>104</v>
       </c>
       <c r="E26" t="s">
         <v>105</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>106</v>
       </c>
       <c r="H26" t="s">
         <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1249,268 +1234,242 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>108</v>
       </c>
       <c r="B2" t="s">
         <v>109</v>
       </c>
       <c r="C2" t="s">
         <v>110</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>111</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>112</v>
       </c>
       <c r="H2" t="s">
         <v>113</v>
-      </c>
-[...24 lines deleted...]
-        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="B2" t="s">
         <v>90</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="H2" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="J1" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="K1" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>123</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>124</v>
+      </c>
+      <c r="H2" t="s">
+        <v>125</v>
+      </c>
+      <c r="I2" t="s">
         <v>126</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>127</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>128</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>129</v>
       </c>
-      <c r="H2" t="s">
+      <c r="M2" t="s">
         <v>130</v>
-      </c>
-[...13 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>133</v>
+      </c>
+      <c r="H3" t="s">
+        <v>134</v>
+      </c>
+      <c r="I3" t="s">
+        <v>135</v>
+      </c>
+      <c r="J3" t="s">
         <v>136</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="K3" t="s">
         <v>137</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="L3" t="s">
         <v>138</v>
       </c>
-      <c r="H3" t="s">
+      <c r="M3" t="s">
         <v>139</v>
-      </c>
-[...13 lines deleted...]
-        <v>144</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>