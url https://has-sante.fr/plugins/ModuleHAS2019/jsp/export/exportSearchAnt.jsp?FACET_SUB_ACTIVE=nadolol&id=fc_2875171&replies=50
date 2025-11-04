--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,207 +1,1092 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="106">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Tachycardies ventriculaires catécholergiques (TVC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de TVC. Il a été élaboré par le Centre de Référence Maladies Cardiaques Héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>10/02/2022 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314799/fr/tachycardies-ventriculaires-catecholergiques-tvc</t>
+  </si>
+  <si>
+    <t>p_3314799</t>
+  </si>
+  <si>
+    <t>Maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Wilson. Il a été élaboré par le Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_640052/fr/maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>c_640052</t>
+  </si>
+  <si>
+    <t>Cardiomyopathie Hypertrophique (CMH)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cardiomyopathie hypertrophique (CMH). Il a été élaboré par le Centre de référence des cardiomyopathies et des troubles du rythme cardiaque héréditaires ou rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100272/fr/cardiomyopathie-hypertrophique-cmh</t>
+  </si>
+  <si>
+    <t>c_1100272</t>
+  </si>
+  <si>
+    <t>Syndrome du QT Long</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
+  </si>
+  <si>
+    <t>p_3290161</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Pertes de connaissance brèves de l’adulte : prise en charge diagnostique et thérapeutique des syncopes</t>
+  </si>
+  <si>
+    <t>Le champ des recommandations concerne les pertes de connaissance brèves de l’adulte. Elles abordent plus précisément la prise en charge diagnostique et thérapeutique des syncopes.</t>
+  </si>
+  <si>
+    <t>14/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_681605/fr/pertes-de-connaissance-breves-de-l-adulte-prise-en-charge-diagnostique-et-therapeutique-des-syncopes</t>
+  </si>
+  <si>
+    <t>c_681605</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0060/DC/SEM du 23 mars 2016 du collège de la Haute Autorité de santé portant sur la recommandation relative à la prise en charge à titre dérogatoire de HEMANGIOL 3,75 mg/ml, solution buvable (propranolol) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # * Le syndrome de Marfan, maladie systémique du tissu conjonctif dont les manifestations, notamment cardiovasculaires peuvent être graves, * L’absence de spécialité de même principe actif, de même dosage et de même forme pharmaceutique et remboursable à ce jour chez ces patients en attente de chirurgie, * Le fait que l’utilisation de ce médicament ait un intérêt thérapeutique pour les patients, le Collège de la HAS considère que la spécialité HEMANGIOL 3,75 mg/ml, solution buvable (propranolol) peut faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des enfants avec syndrome de Marfan et justifiant d’un traitement par bétabloquant » si le prescripteur estime qu’elle est indispensable pour le traitement de ces patients.</t>
+  </si>
+  <si>
+    <t>23/03/2016 09:33:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620171/fr/decision-n2016-0060/dc/sem-du-23-mars-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-hemangiol-3-75-mg/ml-solution-buvable-propranolol-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2620171</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CORGARD (nadolol)</t>
+  </si>
+  <si>
+    <t>02/08/2017 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983550/fr/corgard-nadolol</t>
+  </si>
+  <si>
+    <t>pprd_2983550</t>
+  </si>
+  <si>
+    <t>nadolol</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399615/fr/corgard-80-mg-comprime-secable-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594416/fr/corgard-nadolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260383/fr/corgard-nadolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788621/fr/corgard-nadolol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>58</v>
+      </c>
+      <c r="H6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D3" t="s">
+        <v>69</v>
+      </c>
+      <c r="E3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>71</v>
+      </c>
+      <c r="H3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>77</v>
+      </c>
+      <c r="H2" t="s">
+        <v>78</v>
+      </c>
+      <c r="I2" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>83</v>
+      </c>
+      <c r="H3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>90</v>
+      </c>
+      <c r="H2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>92</v>
+      </c>
+      <c r="J1" t="s">
+        <v>93</v>
+      </c>
+      <c r="K1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H2" t="s">
+        <v>99</v>
+      </c>
+      <c r="I2" t="s">
+        <v>100</v>
+      </c>
+      <c r="J2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K2" t="s">
+        <v>102</v>
+      </c>
+      <c r="L2" t="s">
+        <v>103</v>
+      </c>
+      <c r="M2" t="s">
+        <v>104</v>
+      </c>
+      <c r="N2" t="s">
+        <v>105</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>