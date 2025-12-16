--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -9,113 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’une maladie ou d’un syndrome de Moyamoya.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>11/08/2016 15:03:00</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
   </si>
   <si>
     <t>c_272365</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -125,127 +107,101 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      <c r="A3" t="s">
         <v>15</v>
-      </c>
-[...19 lines deleted...]
-        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>