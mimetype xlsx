--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie et syndrome de moyamoya de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’une maladie ou d’un syndrome de Moyamoya.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/08/2016 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2660521/fr/maladie-et-syndrome-de-moyamoya-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2660521</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
   </si>
   <si>
     <t>Les recommandations ont pour objectifs d'améliorer le diagnostic et la prise en charge des céphalées chroniques quotidiennes (CCQ), qui sont insuffisamment connues des professionnels et du public, et plus particulièrement des CCQ par abus médicamenteux en raison de leur fréquence, de leur non-reconnaissance et des particularités de leur prise en charge.# Les questions traitées sont :# 1. Définition des CCQ et diagnostic# 2. Retentissement, qualité de vie et handicap# 3. Facteurs associés (abus médicamenteux, facteurs psychopathologiques et autres)# 4. Prise en charge# 5. Prévention# 6. CCQ chez l'enfant.#</t>
   </si>
   <si>
     <t>01/09/2004 00:00:00</t>
   </si>
   <si>
     <t>01/09/2004 17:51:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
   </si>
   <si>
     <t>c_272365</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -107,101 +125,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>