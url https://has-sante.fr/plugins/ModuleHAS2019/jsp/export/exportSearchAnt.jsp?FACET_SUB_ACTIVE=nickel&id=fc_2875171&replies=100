--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,3659 +1,386 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="697" uniqueCount="403">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ELUVIA</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Pregnancy and smoking</t>
+  </si>
+  <si>
+    <t>The following six questions were put to the jury. 1. What are the epidemiological data on maternal and paternal smoking? 2. What are the consequences of smoking on pregnancy and childbirth? 3. How should women who smoke be managed? 4. What are the short-, medium- and long-term consequences of smoking during pregnancy? 5. How in utero exposure of the fetus to smoking during the perinatal period should be managed? 6. What public health measures should be proposed or validated to reduce smoking among women?</t>
+  </si>
+  <si>
+    <t>11/30/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2012 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>14/01/2025 00:00:00</t>
-[...800 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272381/fr/grossesse-et-tabac</t>
+    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
   </si>
   <si>
     <t>c_272381</t>
   </si>
   <si>
-    <t>Parodontopathies : diagnostic et traitements</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Prise en charge de l'urticaire chronique</t>
-[...59 lines deleted...]
-    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
   </si>
   <si>
-    <t>01/03/2017 10:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
+    <t>03/01/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_2744218</t>
   </si>
   <si>
-    <t>Évaluation des implants endovasculaires</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1311405/fr/evaluation-des-implants-articulaires-de-coude</t>
+    <t>Assessment of elbow joint implants</t>
+  </si>
+  <si>
+    <t>The objective of this study is to assess the value of elbow implants, taking into account the therapeutic effect/adverse effects ratio, the place in treatment strategy, and the public health benefit of these products. This assessment also aims to define each generic description medically by indications, and by methods of use and prescribing.</t>
+  </si>
+  <si>
+    <t>09/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>09/28/2012 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311405/en/assessment-of-elbow-joint-implants</t>
   </si>
   <si>
     <t>c_1311405</t>
-  </si>
-[...163 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400606/fr/zinc-nickel-cobalt-oligosol-gluconate-de-zinc-gluconate-de-nickel-gluconate-de-cobalt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J42"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
-      <c r="I4" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>32</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>39</v>
       </c>
       <c r="H6" t="s">
         <v>40</v>
       </c>
-      <c r="I6" t="s">
-[...1248 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...887 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>