--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -1,80 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
-    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="721" uniqueCount="415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="745" uniqueCount="427">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -971,50 +974,68 @@
   <si>
     <t>c_2028188</t>
   </si>
   <si>
     <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
   </si>
   <si>
     <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
   </si>
   <si>
     <t>24/07/2013 00:00:00</t>
   </si>
   <si>
     <t>14/10/2013 11:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
   </si>
   <si>
     <t>c_1650525</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
     <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La CNEDiMTS s’est autosaisie pour évaluer la description générique correspondant aux « implants exovasculaires de fermeture de malformations congénitales ».</t>
   </si>
   <si>
     <t>09/07/2024 00:00:00</t>
   </si>
   <si>
     <t>26/08/2024 10:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3357728/fr/implants-exovasculaires-de-fermeture-des-malformations-cardiaques-congenitales-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3357728</t>
   </si>
   <si>
     <t>Évaluation des sondes de défibrillation cardiaque</t>
   </si>
   <si>
     <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
@@ -1206,50 +1227,68 @@
     <t>https://www.has-sante.fr/jcms/c_1720546/fr/cnedimts-reunion-du-28-janvier-2014</t>
   </si>
   <si>
     <t>c_1720546</t>
   </si>
   <si>
     <t>CNEDiMTS - Réunion du 3 décembre 2013</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1701881/fr/cnedimts-reunion-du-3-decembre-2013</t>
   </si>
   <si>
     <t>c_1701881</t>
   </si>
   <si>
     <t>CNEDiMTS - Réunion du 11 juin 2013</t>
   </si>
   <si>
     <t>31/07/2013 15:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1647053/fr/cnedimts-reunion-du-11-juin-2013</t>
   </si>
   <si>
     <t>c_1647053</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0060/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la pose d’une coiffe pédodontique préformée</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784823/fr/avis-n2025-0060/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-pose-d-une-coiffe-pedodontique-preformee</t>
+  </si>
+  <si>
+    <t>p_3784823</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>IQSS - Développement d’un outil d’analyse des verbatim de patients issus d’e-Satis</t>
   </si>
   <si>
     <t>La HAS débute un projet de développement d’un nouvel outil pour l'analyse des verbatim de patients issus des enquêtes nationales e-Satis. Il sera mis à disposition de tous les établissements de santé participant au dispositif national e-Satis afin qu’ils puissent analyser les commentaires libres de leurs patients. La note de cadrage de ce nouveau projet est diffusée sur le site de la HAS.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>16/03/2023 15:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390248/fr/iqss-developpement-d-un-outil-d-analyse-des-verbatim-de-patients-issus-d-e-satis</t>
   </si>
   <si>
     <t>p_3390248</t>
   </si>
   <si>
     <t>Analyse nationale des commentaires des patients recueillis dans le cadre du dispositif e-Satis</t>
   </si>
@@ -1320,51 +1359,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J42"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -3089,51 +3128,51 @@
       </c>
       <c r="D3" t="s">
         <v>308</v>
       </c>
       <c r="E3" t="s">
         <v>309</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>310</v>
       </c>
       <c r="H3" t="s">
         <v>311</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3314,477 +3353,569 @@
       </c>
       <c r="E8" t="s">
         <v>352</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>353</v>
       </c>
       <c r="H8" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>312</v>
       </c>
       <c r="B9" t="s">
         <v>355</v>
       </c>
       <c r="C9" t="s">
         <v>356</v>
       </c>
       <c r="D9" t="s">
-        <v>186</v>
+        <v>357</v>
       </c>
       <c r="E9" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="H9" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>312</v>
       </c>
       <c r="B10" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C10" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D10" t="s">
-        <v>362</v>
+        <v>186</v>
       </c>
       <c r="E10" t="s">
         <v>363</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
         <v>364</v>
       </c>
       <c r="H10" t="s">
         <v>365</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>312</v>
+      </c>
+      <c r="B11" t="s">
+        <v>366</v>
+      </c>
+      <c r="C11" t="s">
+        <v>367</v>
+      </c>
+      <c r="D11" t="s">
+        <v>368</v>
+      </c>
+      <c r="E11" t="s">
+        <v>369</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>370</v>
+      </c>
+      <c r="H11" t="s">
+        <v>371</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B2" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="H2" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="I2" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B3" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="H3" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="I3" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B4" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
+        <v>384</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>385</v>
+      </c>
+      <c r="H4" t="s">
+        <v>386</v>
+      </c>
+      <c r="I4" t="s">
         <v>378</v>
-      </c>
-[...10 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B5" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="H5" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="I5" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B6" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>141</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="H6" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="I6" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B7" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="H7" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="I7" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>398</v>
+      </c>
+      <c r="B2" t="s">
+        <v>399</v>
+      </c>
+      <c r="C2" t="s">
+        <v>400</v>
+      </c>
+      <c r="D2" t="s">
+        <v>401</v>
+      </c>
+      <c r="E2" t="s">
+        <v>316</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>402</v>
+      </c>
+      <c r="H2" t="s">
+        <v>403</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>392</v>
+        <v>404</v>
       </c>
       <c r="B2" t="s">
-        <v>393</v>
+        <v>405</v>
       </c>
       <c r="C2" t="s">
-        <v>394</v>
+        <v>406</v>
       </c>
       <c r="D2" t="s">
-        <v>395</v>
+        <v>407</v>
       </c>
       <c r="E2" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>397</v>
+        <v>409</v>
       </c>
       <c r="H2" t="s">
-        <v>398</v>
+        <v>410</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>392</v>
+        <v>404</v>
       </c>
       <c r="B3" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
       <c r="C3" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="D3" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="E3" t="s">
-        <v>402</v>
+        <v>414</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>403</v>
+        <v>415</v>
       </c>
       <c r="H3" t="s">
-        <v>404</v>
+        <v>416</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>407</v>
+        <v>419</v>
       </c>
       <c r="B2" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>410</v>
+        <v>422</v>
       </c>
       <c r="H2" t="s">
-        <v>411</v>
+        <v>423</v>
       </c>
       <c r="I2" t="s">
-        <v>412</v>
+        <v>424</v>
       </c>
       <c r="J2" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="K2" t="s">
-        <v>414</v>
+        <v>426</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>