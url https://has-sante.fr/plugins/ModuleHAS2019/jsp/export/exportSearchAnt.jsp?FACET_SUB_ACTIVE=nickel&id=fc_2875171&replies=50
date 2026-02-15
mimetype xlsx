--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,3921 +1,386 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="745" uniqueCount="427">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ELUVIA</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Pregnancy and smoking</t>
+  </si>
+  <si>
+    <t>The following six questions were put to the jury. 1. What are the epidemiological data on maternal and paternal smoking? 2. What are the consequences of smoking on pregnancy and childbirth? 3. How should women who smoke be managed? 4. What are the short-, medium- and long-term consequences of smoking during pregnancy? 5. How in utero exposure of the fetus to smoking during the perinatal period should be managed? 6. What public health measures should be proposed or validated to reduce smoking among women?</t>
+  </si>
+  <si>
+    <t>11/30/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2012 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>14/01/2025 00:00:00</t>
-[...800 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272381/fr/grossesse-et-tabac</t>
+    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
   </si>
   <si>
     <t>c_272381</t>
   </si>
   <si>
-    <t>Parodontopathies : diagnostic et traitements</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Prise en charge de l'urticaire chronique</t>
-[...113 lines deleted...]
-    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
   </si>
   <si>
-    <t>01/03/2017 10:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
+    <t>03/01/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_2744218</t>
   </si>
   <si>
-    <t>Évaluation des implants endovasculaires</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1311405/fr/evaluation-des-implants-articulaires-de-coude</t>
+    <t>Assessment of elbow joint implants</t>
+  </si>
+  <si>
+    <t>The objective of this study is to assess the value of elbow implants, taking into account the therapeutic effect/adverse effects ratio, the place in treatment strategy, and the public health benefit of these products. This assessment also aims to define each generic description medically by indications, and by methods of use and prescribing.</t>
+  </si>
+  <si>
+    <t>09/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>09/28/2012 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311405/en/assessment-of-elbow-joint-implants</t>
   </si>
   <si>
     <t>c_1311405</t>
-  </si>
-[...181 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400606/fr/zinc-nickel-cobalt-oligosol-gluconate-de-zinc-gluconate-de-nickel-gluconate-de-cobalt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J42"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
-      <c r="I4" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>32</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>39</v>
       </c>
       <c r="H6" t="s">
         <v>40</v>
       </c>
-      <c r="I6" t="s">
-[...1248 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...1071 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>