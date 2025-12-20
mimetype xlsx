--- v0 (2025-11-02)
+++ v1 (2025-12-20)
@@ -1,237 +1,1374 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="159">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques d'aide au sevrage tabagique : efficacité, efficience et prise en charge financière</t>
+  </si>
+  <si>
+    <t>Les bénéfices de l'arrêt du tabac ont été clairement démontrés en termes de mortalité comme de morbidité. Parce que le tabagisme est un comportement renforcé par une dépendance, dont la nicotine est principalement responsable, seule une minorité de fumeurs parvient à une abstinence permanente dès la première tentative d'arrêt. Une aide au sevrage tabagique s'avère dès lors indispensable afin d'accompagner le fumeur dans sa tentative d'arrêt. A la demande de M. le Ministre de la Santé et des Solidarités, la Haute Autorité de Santé a évalué dans le cadre de ce rapport : L'efficacité et l'efficience de l'ensemble des thérapeutiques disponibles dans l'aide au sevrage tabagique et la stratégie thérapeutique recommandée; L'impact attendu du remboursement de ces traitements sur l'accès au sevrage et les résultats de celui-ci, notamment dans les populations les plus à risque; La thérapeutique à privilégier et les populations à cibler en priorité dans le cas où une prise en charge serait envisagée. Ce document a été élaboré à partir d'une synthèse des recommandations de pratique clinique existantes et d'une revue de la littérature non exhaustive.</t>
+  </si>
+  <si>
+    <t>18/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2007 12:21:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477515/fr/strategies-therapeutiques-d-aide-au-sevrage-tabagique-efficacite-efficience-et-prise-en-charge-financiere</t>
+  </si>
+  <si>
+    <t>c_477515</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Pemphigoïde de la grossesse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de pemphigoïde de la grossesse. Il a été élaboré par les centres de référence des maladies bulleuses auto-immunes MALIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636262/fr/pemphigoide-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>c_2636262</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Prise en charge des dysraphismes en période périnatale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un couple pour lequel le foetus est atteint d’un dysraphisme (période prénatale) mais aussi dans la période post-natale (jusqu’à 6 mois de vie). Il a été élaboré par le Centre de Référence des malformations vertébrales et médullaires (CRMR C-MAVEM Trousseau) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 19:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293075/fr/prise-en-charge-des-dysraphismes-en-periode-perinatale</t>
+  </si>
+  <si>
+    <t>p_3293075</t>
+  </si>
+  <si>
+    <t>Xeroderma Pigmentosum</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>p_3293252</t>
+  </si>
+  <si>
+    <t>Atrophie Optique Dominante OPA1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Atrophie Optique Dominante OPA1. Il a été élaboré par le Centre de Référence de Neurogénétique et le Centre de Référence pour les maladies mitochondriales de l’enfant et de l’adulte (CARAMMEL) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280027/fr/atrophie-optique-dominante-opa1</t>
+  </si>
+  <si>
+    <t>p_3280027</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion  du 17 novembre 2021</t>
+  </si>
+  <si>
+    <t>04/11/2021 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296677/fr/commission-de-la-transparence-reunion-du-17-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3296677</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>VIANT</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3307893/en/viant</t>
+    <t>06/01/2022 18:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307893/fr/viant</t>
   </si>
   <si>
     <t>p_3307893</t>
   </si>
   <si>
     <t>acide ascorbique,acide folique,biotine,colécalciférol,cyanocobalamine,dexpanthénol,nicotinamide,phytoménadione,pyridoxine (chlorhydrate de),rétinol (palmitate de),riboflavine (phosphate sodique de),thiamine (chlorhydrate de),tout-rac-alpha-tocophérol</t>
   </si>
   <si>
     <t>B. BRAUN MEDICAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3305312/en/viant-acide-folique/-nicotinamide/-pyridoxine/-riboflavine</t>
+    <t>https://www.has-sante.fr/jcms/p_3305312/fr/viant-acide-folique/-nicotinamide/-pyridoxine/-riboflavine</t>
+  </si>
+  <si>
+    <t>CERNEVIT (acide ascorbique/ acide folique/ alpha-tocophérol/ biotine/ cocarboxyl...)</t>
+  </si>
+  <si>
+    <t>26/10/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983084/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>pprd_2983084</t>
+  </si>
+  <si>
+    <t>acide ascorbique,acide folique,alpha-tocophérol,biotine,cocarboxylase tétrahydraté,colécalciférol,cyanocobalamine,dexpanthénol,nicotinamide,pyridoxine (chlorhydrate de),rétinol (palmitate de),riboflavine (phosphate sodique de) dihydraté</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399726/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642991/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671656/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876787/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>VITAMINE (acétate d’alpha-tocophérol (vitamine E)/ acide ascorbique/ cholécalciférol/ cyanocobalamine/ nicotinamide (vitamine PP)...)</t>
+  </si>
+  <si>
+    <t>31/08/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983155/fr/vitamine-acetate-d-alpha-tocopherol-vitamine-e-/-acide-ascorbique/-cholecalciferol/-cyanocobalamine/-nicotinamide-vitamine-pp</t>
+  </si>
+  <si>
+    <t>pprd_2983155</t>
+  </si>
+  <si>
+    <t>acétate d’alpha-tocophérol (vitamine E),acide ascorbique,cholécalciférol,cyanocobalamine,nicotinamide (vitamine PP),phytoménadione,pyridoxine (chlorhydrate),rétinol,thiamine (chlorhydrate),tout-rac-alpha-tocophéryle (acétate de),vitamine A synthétique (concentrat de) forme hydrodispersible,vitamine A synthétique (concentrat de), forme huileuse</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE SAS/ AGUETTANT/ BAYER SANTE FAMILIALE/ BOUCHARA RECORDATI/ CHAIX ET DU MARAIS/ CHEPLAPHARM FRANCE/ EUROPHTA/ G GAM/ GERDA/ GNR-Pharma/ LEXPHAR/ MERCK GENERIQUES/ MYLAN S.A.S/  NOVARTIS/ ROCHE S.A.S/ SANDOZ SAS/ SANOFI AVENTIS FRANCE/ THEA/ ZYDUS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399041/fr/vitamine-b12-thea-0-05-pour-cent-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399040/fr/vitamine-b12-abak-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399206/fr/vitamine-b12-lavoisier-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399349/fr/vitamine-b12-allergan-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399669/fr/vitamine-e-gnr-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399972/fr/vitamine-b12-aguettant-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399973/fr/vitamine-b6-aguettant-pyridoxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400601/fr/vitamine-e-g-gam-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400602/fr/vitamine-e-gnr-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400603/fr/vitamine-e-merck-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400604/fr/vitamine-e-zydus-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400179/fr/vitamine-c-10-pour-cent-aguettant-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400281/fr/vitamine-e-merck-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400683/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400684/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468434/fr/vitamine-a-dulcis-retinol-concentrat-huileux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461198/fr/vitamine-a-faure-vitamine-a-synthetique-concentrat-de-forme-hydrodispersible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_663713/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666408/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666103/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724616/fr/vitamine-pp-aguettant-nicotinamide-vitamine-pp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736844/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736850/fr/vitamine-e-sandoz-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739774/fr/vitamine-b12-aguettant-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_952660/fr/vitamine-e-mylan-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_964928/fr/vitamine-k1-nourrissons-vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046784/fr/vitamine-a-dulcis-vitamine-a-synthetique-forme-huileuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060126/fr/vitamine-b1-b6-bayer-thiamine-chlorhydrate-/-pyridoxine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241655/fr/vitamine-a-faure-vitamine-a-synthetique-concentrat-de-forme-hydrodispersible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277915/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1279658/fr/vitamine-a-nepalm-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323119/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600991/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702546/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747538/fr/vitamine-e-sandoz-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778242/fr/vitamine-b12-lavoisier-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044637/fr/vitamine-e-mylan-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627630/fr/vitamine-pp-aguettant-nicotinamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658663/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658666/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729441/fr/vitamine-a-faure-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741818/fr/vitamine-a-dulcis-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796812/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796806/fr/vitamine-a-nepalm-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796809/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821759/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831886/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867428/fr/vitamine-k1-cheplapharm-phytomenadione</t>
+  </si>
+  <si>
+    <t>NICOTINAMIDE RENAUDIN (nicotinamide)</t>
+  </si>
+  <si>
+    <t>16/01/2014 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984854/fr/nicotinamide-renaudin-nicotinamide</t>
+  </si>
+  <si>
+    <t>pprd_2984854</t>
+  </si>
+  <si>
+    <t>nicotinamide</t>
+  </si>
+  <si>
+    <t>RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716232/fr/nicotinamide-renaudin-nicotinamide</t>
+  </si>
+  <si>
+    <t>RENUTRYL (palmitate de rétinol/ nitrate de thiamine/ riboflavine/ pantothénate de calcium/ chlorhydrate de pyridoxine/ acide ascorbique/ nicotinamide/ oxyde de magnésium lourd/ chlorure de potassium/ sulfate de manganèse monohydraté/ sulfate ferreux/ caséinate de sodium/ lactoprotéines/ levures lactiques/ lait sec écrémé/ huile de soja/ huile de beurre/ sirop de glucose déshydraté/ saccharose)</t>
+  </si>
+  <si>
+    <t>13/12/2006 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985476/fr/renutryl-palmitate-de-retinol/-nitrate-de-thiamine/-riboflavine/-pantothenate-de-calcium/-chlorhydrate-de-pyridoxine/-acide-ascorbique/-nicotinamide/-oxyde-de-magnesium-lourd/-chlorure-de-potassium/-sulfate-de-manganese-monohydrate/-sulfate-ferreux/-caseinate-de-sodium/-lactoproteines/-levures-lactiques/-lait-sec-ecreme/-huile-de-soja/-huile-de-beurre/-sirop-de-glucose-deshydrate/-saccharose</t>
+  </si>
+  <si>
+    <t>pprd_2985476</t>
+  </si>
+  <si>
+    <t>palmitate de rétinol,nitrate de thiamine,riboflavine,pantothénate de calcium,chlorhydrate de pyridoxine,acide ascorbique,nicotinamide,oxyde de magnésium lourd,chlorure de potassium,sulfate de manganèse monohydraté,sulfate ferreux,caséinate de sodium,lactoprotéines,levures lactiques,lait sec écrémé,huile de soja,huile de beurre,sirop de glucose déshydraté,saccharose</t>
+  </si>
+  <si>
+    <t>NESTLE CLINICAL NUTRITION France SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474588/fr/renutryl-palmitate-de-retinol/-nitrate-de-thiamine/-riboflavine/-pantothenate-de-calcium/-chlorhydrate-de-pyridoxine/-acide-ascorbique/-nicotinamide/-oxyde-de-magnesium-lourd/-chlorure-de-potassium/-sulfate-de-manganese-monohydrate/-sulfate-ferreux/-caseinate-de-sodium/-lactoproteines/-levures-lactiques/-lait-sec-ecreme/-huile-de-soja/-huile-de-beurre/-sirop-de-glucose-deshydrate/-saccharose</t>
+  </si>
+  <si>
+    <t>VITARUTINE (nicotinamide, sulforutoside sodique)</t>
+  </si>
+  <si>
+    <t>07/07/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985689/fr/vitarutine-nicotinamide-sulforutoside-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2985689</t>
+  </si>
+  <si>
+    <t>nicotinamide,sulforutoside sodique</t>
+  </si>
+  <si>
+    <t>EUROPHTA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400605/fr/vitarutine-nicotinamide-sulforutoside-sodique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H2" t="s">
+        <v>61</v>
+      </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>62</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:BF7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>63</v>
+      </c>
+      <c r="J1" t="s">
+        <v>64</v>
+      </c>
+      <c r="K1" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H2" t="s">
+        <v>70</v>
+      </c>
+      <c r="I2" t="s">
+        <v>71</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>73</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>76</v>
+      </c>
+      <c r="H3" t="s">
+        <v>77</v>
+      </c>
+      <c r="I3" t="s">
+        <v>78</v>
+      </c>
+      <c r="J3" t="s">
+        <v>79</v>
+      </c>
+      <c r="K3" t="s">
+        <v>80</v>
+      </c>
+      <c r="L3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M3" t="s">
+        <v>82</v>
+      </c>
+      <c r="N3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>85</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>86</v>
+      </c>
+      <c r="H4" t="s">
+        <v>87</v>
+      </c>
+      <c r="I4" t="s">
+        <v>88</v>
+      </c>
+      <c r="J4" t="s">
+        <v>89</v>
+      </c>
+      <c r="K4" t="s">
+        <v>90</v>
+      </c>
+      <c r="L4" t="s">
+        <v>91</v>
+      </c>
+      <c r="M4" t="s">
+        <v>92</v>
+      </c>
+      <c r="N4" t="s">
+        <v>93</v>
+      </c>
+      <c r="O4" t="s">
+        <v>94</v>
+      </c>
+      <c r="P4" t="s">
+        <v>95</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>96</v>
+      </c>
+      <c r="R4" t="s">
+        <v>97</v>
+      </c>
+      <c r="S4" t="s">
+        <v>98</v>
+      </c>
+      <c r="T4" t="s">
+        <v>99</v>
+      </c>
+      <c r="U4" t="s">
+        <v>100</v>
+      </c>
+      <c r="V4" t="s">
+        <v>101</v>
+      </c>
+      <c r="W4" t="s">
+        <v>102</v>
+      </c>
+      <c r="X4" t="s">
+        <v>103</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>104</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>106</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>107</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>109</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>110</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>111</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>112</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>113</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>114</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>115</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>116</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>117</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>118</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>119</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>120</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>121</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>122</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>123</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>124</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>125</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>126</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>127</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>128</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>129</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>130</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>131</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>132</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>133</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>135</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>136</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B5" t="s">
+        <v>138</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>139</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>140</v>
+      </c>
+      <c r="H5" t="s">
+        <v>141</v>
+      </c>
+      <c r="I5" t="s">
+        <v>142</v>
+      </c>
+      <c r="J5" t="s">
+        <v>143</v>
+      </c>
+      <c r="K5" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B6" t="s">
+        <v>145</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>146</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>147</v>
+      </c>
+      <c r="H6" t="s">
+        <v>148</v>
+      </c>
+      <c r="I6" t="s">
+        <v>149</v>
+      </c>
+      <c r="J6" t="s">
+        <v>150</v>
+      </c>
+      <c r="K6" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>152</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>153</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>154</v>
+      </c>
+      <c r="H7" t="s">
+        <v>155</v>
+      </c>
+      <c r="I7" t="s">
+        <v>156</v>
+      </c>
+      <c r="J7" t="s">
+        <v>157</v>
+      </c>
+      <c r="K7" t="s">
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>