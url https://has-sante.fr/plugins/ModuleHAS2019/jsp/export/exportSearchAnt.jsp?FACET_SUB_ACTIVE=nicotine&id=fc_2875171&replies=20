--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,671 +1,3370 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Web page" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Communiqué de presse" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
+    <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="603" uniqueCount="365">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Nature of the product or service</t>
-[...17 lines deleted...]
-    <t>03/20/2012 10:21:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>E-learning : un guide de conception de formation ouverte et à distance (FOAD)</t>
+  </si>
+  <si>
+    <t>Guide de conception de formation ouverte et à distance (FOAD) dans le monde de la santé pour définir : - les différents types et modalités de formation continue en ligne ; - la construction et la structure de programmes de formation continue en ligne ; - les différents moyens et outils disponibles à utiliser lors d’une formation en ligne à destination des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>22/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>21/09/2015 15:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1010919/en/paradigm-veo-system-21-december-2010-2711-opinion</t>
+    <t>https://www.has-sante.fr/jcms/c_2060277/fr/e-learning-un-guide-de-conception-de-formation-ouverte-et-a-distance-foad</t>
+  </si>
+  <si>
+    <t>c_2060277</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Système PARADIGM VEO - 21 décembre 2010 (2711) avis</t>
+  </si>
+  <si>
+    <t>Pompe à insuline et moniteur en continu du glucose interstitiel DIABETOLOGIE – Nouveau dispositif Avis favorable à une prise en charge temporaire dans le diabète de type 1, dans le cadre d’une étude, en raison de l’intérêt potentiel du système</t>
+  </si>
+  <si>
+    <t>21/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>20/03/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010919/fr/systeme-paradigm-veo-21-decembre-2010-2711-avis</t>
   </si>
   <si>
     <t>c_1010919</t>
   </si>
   <si>
     <t>MEDTRONIC France SAS</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
+    <t>GUARDIAN RT</t>
+  </si>
+  <si>
+    <t>Système de mesure en continu du glucose</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2007 10:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_495944/fr/guardian-rt</t>
+  </si>
+  <si>
+    <t>c_495944</t>
+  </si>
+  <si>
+    <t>MEDTRONIC S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>ALD n° 6 - Cirrhoses alcooliques</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718958/fr/ald-n-6-cirrhoses-alcooliques</t>
+  </si>
+  <si>
+    <t>c_718958</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Narcolepsie de type 1 et 2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Narcolepsie de type 1 ou de type 2. Il a été élaboré par le Centre de Référence des Narcolepsies et Hypersomnies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293050/fr/narcolepsie-de-type-1-et-2</t>
+  </si>
+  <si>
+    <t>p_3293050</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 décembre 2017</t>
+  </si>
+  <si>
+    <t>15/12/2017 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2812822/fr/college-deliberatif-du-20-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2812822</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Expérimentation d’un indicateur d’évaluation de la prise en charge du tabagisme</t>
+  </si>
+  <si>
+    <t>La HAS a été saisie par la DGOS pour expérimenter 2 questionnaires évaluant la prise en charge du tabagisme chez les patients hospitalisés plus de 48 heures en MCO, et en chirurgie ambulatoire. Le bilan des expérimentations est présenté dans le rapport « Evaluation de la prise en charge du tabagisme rapportée par les patients : Bilan des expérimentations menées sur le questionnaire patient »</t>
+  </si>
+  <si>
+    <t>06/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2023 13:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451852/fr/experimentation-d-un-indicateur-d-evaluation-de-la-prise-en-charge-du-tabagisme</t>
+  </si>
+  <si>
+    <t>p_3451852</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Critères d’orientation en réadaptation cardiaque et vasculaire</t>
+  </si>
+  <si>
+    <t>22/10/2024 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3551950/fr/criteres-d-orientation-en-readaptation-cardiaque-et-vasculaire</t>
+  </si>
+  <si>
+    <t>p_3551950</t>
+  </si>
+  <si>
+    <t>Aide au sevrage tabagique</t>
+  </si>
+  <si>
+    <t>Ces critères d’évaluations ont été développés en partenariat avec les sociétés professionnelles de la spécialité. Le groupe de travail est représentatif de la cible professionnelle. Le rapport d’élaboration détaille les étapes suivies par le groupe de travail. Les critères sont proposés avec la liste des références utilisées (dont la validité a été vérifiée par le groupe de travail), des objectifs de qualité sélectionnés par le groupe de travail et du protocole d’évaluation, dans un référentiel d’évaluation. Une application informatique est proposée en bas de page pour la saisie de la grille d’audit et la visualisation des résultats.</t>
+  </si>
+  <si>
+    <t>19/07/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272433/fr/aide-au-sevrage-tabagique</t>
+  </si>
+  <si>
+    <t>c_272433</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
+  </si>
+  <si>
+    <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
+  </si>
+  <si>
+    <t>p_3280463</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Actualisation des facteurs de risque de formes graves de la Covid-19 et des recommandations sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’évolution des connaissances disponibles sur le SARS-CoV-2, la HAS avec la commission technique des vaccinations, actualise les facteurs de risque de formes graves de Covid-19 et met à jour ses recommandations sur la stratégie de priorisation des populations à vacciner.</t>
+  </si>
+  <si>
+    <t>01/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240117/fr/strategie-de-vaccination-contre-le-sars-cov-2-actualisation-des-facteurs-de-risque-de-formes-graves-de-la-covid-19-et-des-recommandations-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3240117</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du tabagisme et prévention des maladies liées au tabac</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage du tabagisme et la prévention des maladies liées au tabac à partir des données de la littérature issues principalement des recommandations françaises.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2016 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635050/fr/depistage-du-tabagisme-et-prevention-des-maladies-liees-au-tabac</t>
+  </si>
+  <si>
+    <t>c_2635050</t>
+  </si>
+  <si>
+    <t>Pertinence du dépistage du cancer broncho-pulmonaire en France - Point de situation sur les données disponibles - Analyse critique des études contrôlées randomisées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence du dépistage du cancer du poumon (cancer broncho-pulmonaire, cancer bronchopulmonaire, cancer bronchique) chez des individus fumeurs (fortement exposés au tabac) par scanner thoracique – (imagerie radiologique tomodensitométrique du thorax, tomodensitométrie du thorax).</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2016 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001613/fr/pertinence-du-depistage-du-cancer-broncho-pulmonaire-en-france-point-de-situation-sur-les-donnees-disponibles-analyse-critique-des-etudes-controlees-randomisees</t>
+  </si>
+  <si>
+    <t>c_2001613</t>
+  </si>
+  <si>
+    <t>Développement de la prescription de thérapeutiques non médicamenteuses validées</t>
+  </si>
+  <si>
+    <t>L’analyse porte sur le développement de la prescription de thérapeutiques nécessitant une participation active du patient en interaction ou non avec un professionnel spécialisé et faisant l’objet de recommandations de bonnes pratiques dont la validité est reconnue en France. Elle vise à identifier les freins organisationnels, économiques, socioculturels et symboliques qui existent sur le terrain et limitent le respect des recommandations de bonnes pratiques dans les pratiques de prescription. La levée des freins doit alors créer les conditions propices à la prescription de thérapeutiques non médicamenteuses ; des voies d’amélioration du système de santé sont proposées dans ce sens.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2011 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1059795/fr/developpement-de-la-prescription-de-therapeutiques-non-medicamenteuses-validees</t>
+  </si>
+  <si>
+    <t>c_1059795</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques d'aide au sevrage tabagique : efficacité, efficience et prise en charge financière</t>
+  </si>
+  <si>
+    <t>Les bénéfices de l'arrêt du tabac ont été clairement démontrés en termes de mortalité comme de morbidité. Parce que le tabagisme est un comportement renforcé par une dépendance, dont la nicotine est principalement responsable, seule une minorité de fumeurs parvient à une abstinence permanente dès la première tentative d'arrêt. Une aide au sevrage tabagique s'avère dès lors indispensable afin d'accompagner le fumeur dans sa tentative d'arrêt. A la demande de M. le Ministre de la Santé et des Solidarités, la Haute Autorité de Santé a évalué dans le cadre de ce rapport : L'efficacité et l'efficience de l'ensemble des thérapeutiques disponibles dans l'aide au sevrage tabagique et la stratégie thérapeutique recommandée; L'impact attendu du remboursement de ces traitements sur l'accès au sevrage et les résultats de celui-ci, notamment dans les populations les plus à risque; La thérapeutique à privilégier et les populations à cibler en priorité dans le cas où une prise en charge serait envisagée. Ce document a été élaboré à partir d'une synthèse des recommandations de pratique clinique existantes et d'une revue de la littérature non exhaustive.</t>
+  </si>
+  <si>
+    <t>18/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2007 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477515/fr/strategies-therapeutiques-d-aide-au-sevrage-tabagique-efficacite-efficience-et-prise-en-charge-financiere</t>
+  </si>
+  <si>
+    <t>c_477515</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premiers recours  Actualisation – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs L’objectif de cette actualisation est double : Actualiser les recommandations de 2014 pour : Le repérage de l’usage du tabac et de la dépendance en pratique médicale (premiers recours et hôpital) ; La prise en charge de l’arrêt de l’usage du tabac en premier recours, du sevrage au maintien de l’abstinence au long cours. Établir des recommandations répondants aux nouvelles problématiques apparues dans la société : Entrée dans l’addiction par la cigarette électronique / utilisation de produits parfumés dans les cigarettes électroniques ; Prise en charge du sevrage nicotinique (se rapporte au vapotage ; le produit addictif étant la nicotine) ; Co-consommation : tabac - cigarette électronique ; Appréciation/perception par les patients et les médecins de l’usage de la cigarette électronique, le vapotage étant considéré comme peu grave ; Entrée dans le tabagisme par l’usage du cannabis / repérage de l’usage du cannabis chez les jeunes ; Application de nouveaux outils pour accompagner les fumeurs : téléphone, application téléphonique, internet et outils numériques.</t>
+  </si>
+  <si>
+    <t>14/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 15:51:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452901/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premiers-recours-actualisation-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3452901</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Outil d’aide au repérage précoce et intervention brève : alcool, cannabis, tabac chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS met à la disposition des professionnels un outil actualisé d’aide au repérage précoce et à l’intervention brève sur l’alcool, le cannabis et le tabac. L’objectif de cet outil est d’évaluer de façon précoce chez les adultes la consommation des trois substances psycho-actives les plus utilisées et d'en évaluer le risque, de proposer une intervention brève chez les consommateurs à risque, et enfin, d’assurer un accompagnement de manière durable afin de favoriser la réduction ou l'arrêt de ces consommations.</t>
+  </si>
+  <si>
+    <t>11/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2021 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1795221/fr/outil-d-aide-au-reperage-precoce-et-intervention-breve-alcool-cannabis-tabac-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1795221</t>
+  </si>
+  <si>
+    <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
+  </si>
+  <si>
+    <t>c_1362146</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Projet de grossesse : informations, messages de prévention, examens à proposer</t>
+  </si>
+  <si>
+    <t>Ce document d'information destiné aux professionnels de santé propose les réponses à apporter à une femme ou à un couple qui exprime un souhait de grossesse.</t>
+  </si>
+  <si>
+    <t>10/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1360649/fr/projet-de-grossesse-informations-messages-de-prevention-examens-a-proposer</t>
+  </si>
+  <si>
+    <t>c_1360649</t>
+  </si>
+  <si>
+    <t>Grossesse et tabac</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de préciser les risques, pour la mère et pour l’enfant, du tabagisme maternel et de celui de l’entourage, avant, pendant et au cours de la grossesse, et d'indiquer la conduite à tenir pour aider les futures mères à arrêter de fumer.</t>
+  </si>
+  <si>
+    <t>30/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/fr/grossesse-et-tabac</t>
   </si>
   <si>
     <t>c_272381</t>
   </si>
   <si>
-    <t>Obesity surgery in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Modalités d'arrêt des benzodiazépines et médicaments apparentés chez le patient âgé</t>
+  </si>
+  <si>
+    <t>Proposer des stratégies pour faciliter l’arrêt des benzodiazépines (BZD) et médicaments apparentés à l’ensemble des médecins amenés à renouveler une prescription de ces médicaments chez un patient âgé de plus de 65 ans.</t>
+  </si>
+  <si>
+    <t>17/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601509/fr/modalites-d-arret-des-benzodiazepines-et-medicaments-apparentes-chez-le-patient-age</t>
+  </si>
+  <si>
+    <t>c_601509</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles, destinées aux médecins généralistes, visent à répondre aux questions suivantes : Qu’est-ce que l’insomnie ? Comment la définir et la caractériser (type, étiologie) ? Quelle est l’épidémiologie de l’insomnie et quel est le poids de la maladie pour l’individu et la collectivité en France ? Quelles sont les questions pertinentes à poser au patient et quelles sont les investigations à réaliser par le médecin généraliste ? Quelles sont les indications des avis et des investigations spécialisées ? Quelle est la place du traitement pharmacologique et non pharmacologique, y compris celle du sevrage ? Quel arbre décisionnel proposer ?</t>
+  </si>
+  <si>
+    <t>20/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522637/fr/prise-en-charge-du-patient-adulte-se-plaignant-d-insomnie-en-medecine-generale</t>
+  </si>
+  <si>
+    <t>c_522637</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Modalités de l’accompagnement du sujet alcoolodépendant après un sevrage</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes posées au jury : Quels sont les acteurs et les moyens de l'accompagnement ? Comment organiser l'accompagnement (y compris lieu, modalités et durée) ? Comment gérer les compensations, les transferts de dépendances et les associations d'autres substances psycho-actives (usage nocif ou usage avec dépendance) ? Quelle attitude adopter en cas d'association à d'autres troubles ? Comment évaluer l'accompagnement du sujet alcoolodépendant sevré ?</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271905/fr/modalites-de-l-accompagnement-du-sujet-alcoolodependant-apres-un-sevrage</t>
+  </si>
+  <si>
+    <t>c_271905</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectifs d'améliorer le diagnostic et la prise en charge des céphalées chroniques quotidiennes (CCQ), qui sont insuffisamment connues des professionnels et du public, et plus particulièrement des CCQ par abus médicamenteux en raison de leur fréquence, de leur non-reconnaissance et des particularités de leur prise en charge.# Les questions traitées sont :# 1. Définition des CCQ et diagnostic# 2. Retentissement, qualité de vie et handicap# 3. Facteurs associés (abus médicamenteux, facteurs psychopathologiques et autres)# 4. Prise en charge# 5. Prévention# 6. CCQ chez l'enfant.#</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
   </si>
   <si>
     <t>c_272365</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Arrêter de fumer et ne pas rechuter : la recommandation 2014 de la HAS</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. La HAS fait le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Considérant que les professionnels de santé sont insuffisamment informés et formés, la HAS propose des outils pratiques pour les aider à suivre et accompagner leurs patients.</t>
+  </si>
+  <si>
+    <t>21/01/2014 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719643/fr/arreter-de-fumer-et-ne-pas-rechuter-la-recommandation-2014-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1719643</t>
+  </si>
+  <si>
+    <t>La HAS recommande le subventionnement d’une démarche individuelle active de sevrage tabagique</t>
+  </si>
+  <si>
+    <t>Dans le cadre des mesures et réflexions relatives à la lutte contre le tabagisme, le ministre de la Santé et des Solidarités a souhaité, par une lettre en date du 10 octobre 2006, disposer de l’avis de la Haute Autorité de Santé sur les analyses disponibles et les moyens d’encourager et d'aider au sevrage tabagique.</t>
+  </si>
+  <si>
+    <t>23/01/2007 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477331/fr/la-has-recommande-le-subventionnement-d-une-demarche-individuelle-active-de-sevrage-tabagique</t>
+  </si>
+  <si>
+    <t>c_477331</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude HAS - ANSM</t>
+  </si>
+  <si>
+    <t>La HAS publie avec l’ANSM une étude portant sur l’efficacité et la sécurité des différentes gammes de stents coronaires « en vie réelle » en France.</t>
+  </si>
+  <si>
+    <t>30/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829945/fr/endoprotheses-coronaires-stents-rapport-d-etude-has-ansm</t>
+  </si>
+  <si>
+    <t>c_2829945</t>
+  </si>
+  <si>
+    <t>Quelle place pour les benzodiazépines dans l’insomnie ?</t>
+  </si>
+  <si>
+    <t>Leur indication est limitée à un traitement à court-terme des troubles sévères du sommeil chez l’adulte : insomnie occasionnelle et transitoire. Les traitements non médicamenteux proposés dans l’insomnie doivent précéder la prescription de benzodiazépines. La prescription d’hypnotiques, benzodiazépines ou apparentés, ne doit pas être banalisée, car, si elle facilite le sommeil, elle ne résout pas les causes de l’insomnie qui doivent être recherchées. Elle peut être à l’origine de nombreux effets indésirables aux conséquences parfois graves. Leur usage requiert le respect de règles précises : dose minimum utile, prescription limitée à 28 jours, information au patient. Une anticipation des modalités de fin de traitement doit être mise en œuvre dès la première prescription.</t>
+  </si>
+  <si>
+    <t>14/04/2017 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015058/fr/quelle-place-pour-les-benzodiazepines-dans-l-insomnie</t>
+  </si>
+  <si>
+    <t>c_2015058</t>
+  </si>
+  <si>
+    <t>Éléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Eléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire. Evaluation de chaque patient au cas par cas, basée sur le triptyque patient-acte-structure.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2015.0097/DC/SEVAM du 22 avril 2015 du collège de la Haute Autorité de santé portant adoption du guide " E-learning Guide de conception de Formation Ouverte et A Distance (FOAD) dans le monde de la santé."</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de Santé adoptant la publication accessible par le lien situé dans l'encadré "En savoir +"</t>
+  </si>
+  <si>
+    <t>22/04/2015 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2033756/fr/decision-n2015-0097/dc/sevam-du-22-avril-2015-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-guide-e-learning-guide-de-conception-de-formation-ouverte-et-a-distance-foad-dans-le-monde-de-la-sante</t>
+  </si>
+  <si>
+    <t>c_2033756</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>NICORETTE - NICORETTESKIN - NICORETTESPRAY - NICORETTE MICROTAB (nicotine (résinate de))</t>
+  </si>
+  <si>
+    <t>19/03/2025 08:40:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983199/fr/nicorette-nicoretteskin-nicorettespray-nicorette-microtab-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983199</t>
+  </si>
+  <si>
+    <t>nicotine (résinate de)</t>
+  </si>
+  <si>
+    <t>JOHNSON &amp; JOHNSON SANTE BEAUTE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758971/fr/nicorette-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2850555/fr/nicorette-fruits-nicorette-spray-fruits-rouges-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860523/fr/nicorette-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867452/fr/nicoretteskin-nicotine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824795/fr/nicoretteskin-nicotine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098017/fr/nicorette-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3136100/fr/nicorettespray-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069196/fr/nicorette-microtab-nicotine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3597161/fr/nicorettespray-/-nicorettespray-fruits-rouges-nicotine-sevrage-tabagique</t>
+  </si>
+  <si>
+    <t>NIQUITIN - NIQUITINMINIS (nicotine (résinate de))</t>
+  </si>
+  <si>
+    <t>12/05/2023 15:44:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983138/fr/niquitin-niquitinminis-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983138</t>
+  </si>
+  <si>
+    <t>OMEGA PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803504/fr/niquitin-menthe-glaciale-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867504/fr/niquitin-niquitin-fruits-tropicaux-niquitinminis-menthe-fraiche-niquitin-menthe-douce-niquitin-menthe-glaciale-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040754/fr/niquitinminis-orange-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198830/fr/niquitin-niquitinminis-menthe-fraiche-niquitin-menthe-glaciale-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433407/fr/niquitin-nicotine-sevrage-tabagique</t>
+  </si>
+  <si>
+    <t>NICOTINELL (nicotine)</t>
+  </si>
+  <si>
+    <t>20/05/2020 19:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982965/fr/nicotinell-nicotine</t>
+  </si>
+  <si>
+    <t>pprd_2982965</t>
+  </si>
+  <si>
+    <t>nicotine</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1755111/fr/nicotinell-fruit-exotique-nicotine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860511/fr/nicotinell-menthe-nicotine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2887780/fr/nicotinell-nicotine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891539/fr/nicotinell-nicotine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185848/fr/nicotinell-fruit-menthe-fraicheur-sans-sucre-nicotine</t>
+  </si>
+  <si>
+    <t>NICOTINE EG (nicotine)</t>
+  </si>
+  <si>
+    <t>12/03/2020 15:58:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983569/fr/nicotine-eg-nicotine</t>
+  </si>
+  <si>
+    <t>pprd_2983569</t>
+  </si>
+  <si>
+    <t>EG LABO - LABORATOIRES EUROGENERICS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718037/fr/nicotine-eg-menthe-sans-sucre-nicotine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611677/fr/nicotine-eg-fruit-sans-sucre-nicotine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779170/fr/nicotine-eg-nicotine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159941/fr/nicotine-eg-nicotine</t>
+  </si>
+  <si>
+    <t>NICOPATCH - NICOPATCHLIB - NICOPASS (nicotine (résinate de))</t>
+  </si>
+  <si>
+    <t>30/09/2019 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983254/fr/nicopatch-nicopatchlib-nicopass-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983254</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854442/fr/nicopatch-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854445/fr/nicopass-sans-sucre-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848363/fr/nicopass-menthe-nicopass-citron-sans-sucre-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564379/fr/nicopass-sans-sucre-menthe-fraicheur-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854433/fr/nicopatchlib-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844752/fr/nicopatchlib-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106179/fr/nicopass-nicotine-resinate-de</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>La direction générale de la santé a mené un groupe de travail et défini un questionnaire à destination des patients pour calculer un indicateur d’évaluation de la prise en charge du tabagisme. Cet indicateur, s’il est validé, a pour objectif d’être utilisé dans le financement à la qualité IFAQ.</t>
+  </si>
+  <si>
+    <t>25/05/2022 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270445/fr/experimentation-d-un-indicateur-d-evaluation-de-la-prise-en-charge-du-tabagisme</t>
+  </si>
+  <si>
+    <t>p_3270445</t>
+  </si>
+  <si>
+    <t>Détecter et diagnostiquer la BPCO même sans symptôme apparent</t>
+  </si>
+  <si>
+    <t>Le symptôme majeur de la BPCO est la dyspnée qui induit une réduction de l’activité physique quotidienne. D’apparition progressive, au début, la dyspnée n'est pas souvent perçue par le patient.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118475/fr/detecter-et-diagnostiquer-la-bpco-meme-sans-symptome-apparent</t>
+  </si>
+  <si>
+    <t>p_3118475</t>
+  </si>
+  <si>
+    <t>Sevrage alcoolique : Baclocur®, thérapeutique de dernier recours</t>
+  </si>
+  <si>
+    <t>Baclocur® est un traitement de dernier recours chez les patients alcoolo-dépendants ayant une consommation d’alcool à risque élevé. Sa prescription est associée à un suivi psychosocial.</t>
+  </si>
+  <si>
+    <t>30/01/2020 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148608/fr/sevrage-alcoolique-baclocur-therapeutique-de-dernier-recours</t>
+  </si>
+  <si>
+    <t>p_3148608</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>04/30/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>30/04/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="G2" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>250</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>251</v>
       </c>
       <c r="C2" t="s">
-        <v>21</v>
+        <v>252</v>
       </c>
       <c r="D2" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>253</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>24</v>
+        <v>254</v>
       </c>
       <c r="H2" t="s">
-        <v>25</v>
+        <v>255</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>250</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>256</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>257</v>
       </c>
       <c r="D3" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>258</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>30</v>
+        <v>259</v>
       </c>
       <c r="H3" t="s">
-        <v>31</v>
-[...77 lines deleted...]
-        <v>49</v>
+        <v>260</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>261</v>
+      </c>
+      <c r="B2" t="s">
+        <v>262</v>
+      </c>
+      <c r="C2" t="s">
+        <v>263</v>
+      </c>
+      <c r="D2" t="s">
+        <v>264</v>
+      </c>
+      <c r="E2" t="s">
+        <v>265</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>266</v>
+      </c>
+      <c r="H2" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>261</v>
+      </c>
+      <c r="B3" t="s">
+        <v>268</v>
+      </c>
+      <c r="C3" t="s">
+        <v>269</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>271</v>
+      </c>
+      <c r="H3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>261</v>
+      </c>
+      <c r="B4" t="s">
+        <v>273</v>
+      </c>
+      <c r="C4" t="s">
+        <v>274</v>
+      </c>
+      <c r="D4" t="s">
+        <v>275</v>
+      </c>
+      <c r="E4" t="s">
+        <v>276</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>277</v>
+      </c>
+      <c r="H4" t="s">
+        <v>278</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>279</v>
+      </c>
+      <c r="B2" t="s">
+        <v>280</v>
+      </c>
+      <c r="C2" t="s">
+        <v>281</v>
+      </c>
+      <c r="D2" t="s">
+        <v>282</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>283</v>
+      </c>
+      <c r="H2" t="s">
+        <v>284</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:S6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>285</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B2" t="s">
+        <v>288</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>290</v>
+      </c>
+      <c r="H2" t="s">
+        <v>291</v>
+      </c>
+      <c r="I2" t="s">
+        <v>292</v>
+      </c>
+      <c r="J2" t="s">
+        <v>293</v>
+      </c>
+      <c r="K2" t="s">
+        <v>294</v>
+      </c>
+      <c r="L2" t="s">
+        <v>295</v>
+      </c>
+      <c r="M2" t="s">
+        <v>296</v>
+      </c>
+      <c r="N2" t="s">
+        <v>297</v>
+      </c>
+      <c r="O2" t="s">
+        <v>298</v>
+      </c>
+      <c r="P2" t="s">
+        <v>299</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>300</v>
+      </c>
+      <c r="R2" t="s">
+        <v>301</v>
+      </c>
+      <c r="S2" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B3" t="s">
+        <v>303</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>304</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>305</v>
+      </c>
+      <c r="H3" t="s">
+        <v>306</v>
+      </c>
+      <c r="I3" t="s">
+        <v>292</v>
+      </c>
+      <c r="J3" t="s">
+        <v>307</v>
+      </c>
+      <c r="K3" t="s">
+        <v>308</v>
+      </c>
+      <c r="L3" t="s">
+        <v>309</v>
+      </c>
+      <c r="M3" t="s">
+        <v>310</v>
+      </c>
+      <c r="N3" t="s">
+        <v>311</v>
+      </c>
+      <c r="O3" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>287</v>
+      </c>
+      <c r="B4" t="s">
+        <v>313</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>314</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>315</v>
+      </c>
+      <c r="H4" t="s">
+        <v>316</v>
+      </c>
+      <c r="I4" t="s">
+        <v>317</v>
+      </c>
+      <c r="J4" t="s">
+        <v>318</v>
+      </c>
+      <c r="K4" t="s">
+        <v>319</v>
+      </c>
+      <c r="L4" t="s">
+        <v>320</v>
+      </c>
+      <c r="M4" t="s">
+        <v>321</v>
+      </c>
+      <c r="N4" t="s">
+        <v>322</v>
+      </c>
+      <c r="O4" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>287</v>
+      </c>
+      <c r="B5" t="s">
+        <v>324</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>325</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>326</v>
+      </c>
+      <c r="H5" t="s">
+        <v>327</v>
+      </c>
+      <c r="I5" t="s">
+        <v>317</v>
+      </c>
+      <c r="J5" t="s">
+        <v>328</v>
+      </c>
+      <c r="K5" t="s">
+        <v>329</v>
+      </c>
+      <c r="L5" t="s">
+        <v>330</v>
+      </c>
+      <c r="M5" t="s">
+        <v>331</v>
+      </c>
+      <c r="N5" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>287</v>
+      </c>
+      <c r="B6" t="s">
+        <v>333</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>334</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>335</v>
+      </c>
+      <c r="H6" t="s">
+        <v>336</v>
+      </c>
+      <c r="I6" t="s">
+        <v>292</v>
+      </c>
+      <c r="J6" t="s">
+        <v>337</v>
+      </c>
+      <c r="K6" t="s">
+        <v>338</v>
+      </c>
+      <c r="L6" t="s">
+        <v>339</v>
+      </c>
+      <c r="M6" t="s">
+        <v>340</v>
+      </c>
+      <c r="N6" t="s">
+        <v>341</v>
+      </c>
+      <c r="O6" t="s">
+        <v>342</v>
+      </c>
+      <c r="P6" t="s">
+        <v>343</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>344</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>345</v>
+      </c>
+      <c r="B2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" t="s">
+        <v>346</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>347</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>348</v>
+      </c>
+      <c r="H2" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>345</v>
+      </c>
+      <c r="B3" t="s">
+        <v>350</v>
+      </c>
+      <c r="C3" t="s">
+        <v>351</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>352</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>353</v>
+      </c>
+      <c r="H3" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>345</v>
+      </c>
+      <c r="B4" t="s">
+        <v>355</v>
+      </c>
+      <c r="C4" t="s">
+        <v>356</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>357</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>358</v>
+      </c>
+      <c r="H4" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>345</v>
+      </c>
+      <c r="B5" t="s">
+        <v>360</v>
+      </c>
+      <c r="C5" t="s">
+        <v>361</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>362</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>363</v>
+      </c>
+      <c r="H5" t="s">
+        <v>364</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
+      </c>
+      <c r="I2" t="s">
+        <v>13</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" t="s">
+        <v>27</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C3" t="s">
+        <v>40</v>
+      </c>
+      <c r="D3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>48</v>
+      </c>
+      <c r="H4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" t="s">
         <v>50</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C5" t="s">
         <v>51</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>52</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>53</v>
       </c>
-      <c r="E2" t="s">
+      <c r="H5" t="s">
         <v>54</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
         <v>55</v>
       </c>
-      <c r="H2" t="s">
+      <c r="C6" t="s">
         <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>58</v>
+      </c>
+      <c r="H6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>68</v>
+      </c>
+      <c r="H8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>74</v>
+      </c>
+      <c r="H9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>78</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>79</v>
+      </c>
+      <c r="H10" t="s">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H2" t="s">
+        <v>86</v>
+      </c>
+      <c r="I2" t="s">
+        <v>87</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>57</v>
+        <v>88</v>
       </c>
       <c r="B2" t="s">
-        <v>58</v>
+        <v>89</v>
       </c>
       <c r="C2" t="s">
-        <v>59</v>
+        <v>90</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="E2" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>61</v>
+        <v>93</v>
       </c>
       <c r="H2" t="s">
-        <v>62</v>
+        <v>94</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>103</v>
+      </c>
+      <c r="H3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D2" t="s">
+        <v>108</v>
+      </c>
+      <c r="E2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>110</v>
+      </c>
+      <c r="H2" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B3" t="s">
+        <v>112</v>
+      </c>
+      <c r="C3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D3" t="s">
+        <v>114</v>
+      </c>
+      <c r="E3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>116</v>
+      </c>
+      <c r="H3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B4" t="s">
+        <v>118</v>
+      </c>
+      <c r="C4" t="s">
+        <v>119</v>
+      </c>
+      <c r="D4" t="s">
+        <v>120</v>
+      </c>
+      <c r="E4" t="s">
+        <v>121</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>122</v>
+      </c>
+      <c r="H4" t="s">
+        <v>123</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B2" t="s">
+        <v>125</v>
+      </c>
+      <c r="C2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D2" t="s">
+        <v>127</v>
+      </c>
+      <c r="E2" t="s">
+        <v>128</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>129</v>
+      </c>
+      <c r="H2" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D3" t="s">
+        <v>133</v>
+      </c>
+      <c r="E3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>135</v>
+      </c>
+      <c r="H3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>124</v>
+      </c>
+      <c r="B4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D4" t="s">
+        <v>139</v>
+      </c>
+      <c r="E4" t="s">
+        <v>140</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>141</v>
+      </c>
+      <c r="H4" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B5" t="s">
+        <v>143</v>
+      </c>
+      <c r="C5" t="s">
+        <v>144</v>
+      </c>
+      <c r="D5" t="s">
+        <v>145</v>
+      </c>
+      <c r="E5" t="s">
+        <v>146</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>147</v>
+      </c>
+      <c r="H5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>149</v>
+      </c>
+      <c r="B2" t="s">
+        <v>150</v>
+      </c>
+      <c r="C2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D2" t="s">
+        <v>152</v>
+      </c>
+      <c r="E2" t="s">
+        <v>153</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>154</v>
+      </c>
+      <c r="H2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C3" t="s">
+        <v>157</v>
+      </c>
+      <c r="D3" t="s">
+        <v>158</v>
+      </c>
+      <c r="E3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>160</v>
+      </c>
+      <c r="H3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>149</v>
+      </c>
+      <c r="B4" t="s">
+        <v>162</v>
+      </c>
+      <c r="C4" t="s">
+        <v>163</v>
+      </c>
+      <c r="D4" t="s">
+        <v>164</v>
+      </c>
+      <c r="E4" t="s">
+        <v>165</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>166</v>
+      </c>
+      <c r="H4" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>149</v>
+      </c>
+      <c r="B5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C5" t="s">
+        <v>169</v>
+      </c>
+      <c r="D5" t="s">
+        <v>170</v>
+      </c>
+      <c r="E5" t="s">
+        <v>171</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>172</v>
+      </c>
+      <c r="H5" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>149</v>
+      </c>
+      <c r="B6" t="s">
+        <v>174</v>
+      </c>
+      <c r="C6" t="s">
+        <v>175</v>
+      </c>
+      <c r="D6" t="s">
+        <v>176</v>
+      </c>
+      <c r="E6" t="s">
+        <v>177</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>178</v>
+      </c>
+      <c r="H6" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>149</v>
+      </c>
+      <c r="B7" t="s">
+        <v>180</v>
+      </c>
+      <c r="C7" t="s">
+        <v>181</v>
+      </c>
+      <c r="D7" t="s">
+        <v>182</v>
+      </c>
+      <c r="E7" t="s">
+        <v>183</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>184</v>
+      </c>
+      <c r="H7" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>149</v>
+      </c>
+      <c r="B8" t="s">
+        <v>186</v>
+      </c>
+      <c r="C8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E8" t="s">
+        <v>189</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>190</v>
+      </c>
+      <c r="H8" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>149</v>
+      </c>
+      <c r="B9" t="s">
+        <v>192</v>
+      </c>
+      <c r="C9" t="s">
+        <v>193</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>194</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>195</v>
+      </c>
+      <c r="H9" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>149</v>
+      </c>
+      <c r="B10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C10" t="s">
+        <v>198</v>
+      </c>
+      <c r="D10" t="s">
+        <v>199</v>
+      </c>
+      <c r="E10" t="s">
+        <v>200</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>201</v>
+      </c>
+      <c r="H10" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>149</v>
+      </c>
+      <c r="B11" t="s">
+        <v>203</v>
+      </c>
+      <c r="C11" t="s">
+        <v>204</v>
+      </c>
+      <c r="D11" t="s">
+        <v>205</v>
+      </c>
+      <c r="E11" t="s">
+        <v>206</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>207</v>
+      </c>
+      <c r="H11" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>149</v>
+      </c>
+      <c r="B12" t="s">
+        <v>209</v>
+      </c>
+      <c r="C12" t="s">
+        <v>210</v>
+      </c>
+      <c r="D12" t="s">
+        <v>211</v>
+      </c>
+      <c r="E12" t="s">
+        <v>212</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>213</v>
+      </c>
+      <c r="H12" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>149</v>
+      </c>
+      <c r="B13" t="s">
+        <v>215</v>
+      </c>
+      <c r="C13" t="s">
+        <v>216</v>
+      </c>
+      <c r="D13" t="s">
+        <v>217</v>
+      </c>
+      <c r="E13" t="s">
+        <v>218</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>219</v>
+      </c>
+      <c r="H13" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>149</v>
+      </c>
+      <c r="B14" t="s">
+        <v>221</v>
+      </c>
+      <c r="C14" t="s">
+        <v>222</v>
+      </c>
+      <c r="D14" t="s">
+        <v>223</v>
+      </c>
+      <c r="E14" t="s">
+        <v>224</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>225</v>
+      </c>
+      <c r="H14" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>149</v>
+      </c>
+      <c r="B15" t="s">
+        <v>227</v>
+      </c>
+      <c r="C15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D15" t="s">
+        <v>229</v>
+      </c>
+      <c r="E15" t="s">
+        <v>230</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>231</v>
+      </c>
+      <c r="H15" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>149</v>
+      </c>
+      <c r="B16" t="s">
+        <v>233</v>
+      </c>
+      <c r="C16" t="s">
+        <v>234</v>
+      </c>
+      <c r="D16" t="s">
+        <v>235</v>
+      </c>
+      <c r="E16" t="s">
+        <v>235</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>236</v>
+      </c>
+      <c r="H16" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>149</v>
+      </c>
+      <c r="B17" t="s">
+        <v>238</v>
+      </c>
+      <c r="C17" t="s">
+        <v>239</v>
+      </c>
+      <c r="D17" t="s">
+        <v>240</v>
+      </c>
+      <c r="E17" t="s">
+        <v>241</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>242</v>
+      </c>
+      <c r="H17" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>149</v>
+      </c>
+      <c r="B18" t="s">
+        <v>244</v>
+      </c>
+      <c r="C18" t="s">
+        <v>245</v>
+      </c>
+      <c r="D18" t="s">
+        <v>246</v>
+      </c>
+      <c r="E18" t="s">
+        <v>247</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>248</v>
+      </c>
+      <c r="H18" t="s">
+        <v>249</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>