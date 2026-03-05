--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -1,345 +1,1028 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="92">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/13/2017 11:12:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2774575/en/assessment-of-bcr-abl-fusion-gene-testing-or-quantification-using-rt-pcr-in-the-diagnosis-and-therapeutic-follow-up-of-chronic-myeloid-leukaemias-and-acute-lymphoblastic-leukaemias-inahta-brief</t>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’acte de recherche ou de quantification du gène de fusion BCR-ABL par RT-PCR dans le diagnostic et le suivi thérapeutique des leucémies myéloïdes chroniques et des leucémies lymphoblastiques aiguës</t>
+  </si>
+  <si>
+    <t>Le gène de fusion BCR-ABL est présent dans l’ensemble des leucémies myéloïdes chroniques et dans certains cas de leucémies aiguës lymphoblastiques. Il est donc systématiquement recherché devant toute suspicion de ce type de leucémie.Ce gène est mis en évidence par cytogénétique (caryotype), cytogénétique moléculaire (FISH), ou par RT-PCR. Le transcrit de fusion BCR-ABL peut également être quantifié par une PCR quantitative (RT-QPCR). La HAS s’est autosaisie afin d’évaluer la pertinence de la recherche ou quantification des transcrits de ce gène par RT-PCR.</t>
+  </si>
+  <si>
+    <t>08/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/11/2017 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774575/fr/evaluation-de-l-acte-de-recherche-ou-de-quantification-du-gene-de-fusion-bcr-abl-par-rt-pcr-dans-le-diagnostic-et-le-suivi-therapeutique-des-leucemies-myeloides-chroniques-et-des-leucemies-lymphoblastiques-aigues</t>
   </si>
   <si>
     <t>c_2774575</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2019</t>
+  </si>
+  <si>
+    <t>06/08/2019 18:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966999/fr/commission-de-la-transparence-reunion-du-15-mai-2019</t>
+  </si>
+  <si>
+    <t>c_2966999</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 avril 2018</t>
+  </si>
+  <si>
+    <t>28/03/2018 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839061/fr/commission-de-la-transparence-reunion-du-4-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2839061</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 janvier 2015</t>
+  </si>
+  <si>
+    <t>31/12/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2004258/fr/commission-de-la-transparence-reunion-du-7-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2004258</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 novembre 2013</t>
+  </si>
+  <si>
+    <t>09/12/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671979/fr/commission-de-la-transparence-reunion-du-6-novembre-2013</t>
+  </si>
+  <si>
+    <t>c_1671979</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 septembre 2013</t>
+  </si>
+  <si>
+    <t>06/11/2013 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646886/fr/commission-de-la-transparence-reunion-du-18-septembre-2013</t>
+  </si>
+  <si>
+    <t>c_1646886</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 janvier 2012</t>
+  </si>
+  <si>
+    <t>18/01/2012 13:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190504/fr/commission-de-la-transparence-reunion-du-18-janvier-2012</t>
+  </si>
+  <si>
+    <t>c_1190504</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 avril 2011</t>
+  </si>
+  <si>
+    <t>06/04/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1034010/fr/commission-de-la-transparence-reunion-du-6-avril-2011</t>
+  </si>
+  <si>
+    <t>c_1034010</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 mars 2011</t>
+  </si>
+  <si>
+    <t>23/03/2011 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1044565/fr/commission-de-la-transparence-reunion-du-23-mars-2011</t>
+  </si>
+  <si>
+    <t>c_1044565</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2008</t>
+  </si>
+  <si>
+    <t>06/02/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_628423/fr/commission-de-la-transparence-reunion-du-6-fevrier-2008</t>
+  </si>
+  <si>
+    <t>c_628423</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2026.0037/DC/SEM du 12 février 2026 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité ROMVIMZA (vimseltinib)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité ROMVIMZA (vimseltinib) dans l’indication « traitement des patients adultes atteints d’une tumeur ténosynoviale à cellules géantes (TGCT, tenosynovial giant cell tumour) symptomatique associée à une détérioration cliniquement significative de la fonction physique et pour lesquels les options chirurgicales ont été épuisées ou induiraient une morbidité ou un handicap inacceptable. »</t>
+  </si>
+  <si>
+    <t>12/02/2026 09:39:00</t>
+  </si>
+  <si>
+    <t>17/02/2026 16:56:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3860742/fr/decision-n2026-0037/dc/sem-du-12-fevrier-2026-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-romvimza-vimseltinib</t>
+  </si>
+  <si>
+    <t>p_3860742</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0001/AC/SEESP du 13 janvier 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité OPDIVO (nivolumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>13/01/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>21/03/2017 11:39:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751756/fr/avis-n-2016-0001/ac/seesp-du-13-janvier-2016-du-college-de-la-haute-autorite-de-sante-sur-l-efficience-de-la-prise-en-charge-par-l-assurance-maladie-de-la-specialite-opdivo-nivolumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2751756</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>TASIGNA (nilotinib)</t>
   </si>
   <si>
     <t>12/12/2018 11:41:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983035/en/tasigna-nilotinib</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983035/fr/tasigna-nilotinib</t>
   </si>
   <si>
     <t>pprd_2983035</t>
   </si>
   <si>
     <t>nilotinib</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642561/en/tasigna</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2883466/en/tasigna-nilotinib</t>
+    <t>https://www.has-sante.fr/jcms/c_642561/fr/tasigna-nilotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050851/fr/tasigna-nilotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853363/fr/tasigna-nilotinib-inhibiteur-de-tyrosine-kinase-itk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883466/fr/tasigna-nilotinib</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+      <c r="I3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4" t="s">
+        <v>41</v>
+      </c>
+      <c r="I4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5" t="s">
+        <v>45</v>
+      </c>
+      <c r="I5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" t="s">
+        <v>49</v>
+      </c>
+      <c r="I6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7" t="s">
+        <v>53</v>
+      </c>
+      <c r="I7" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>56</v>
+      </c>
+      <c r="H8" t="s">
+        <v>57</v>
+      </c>
+      <c r="I8" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9" t="s">
+        <v>61</v>
+      </c>
+      <c r="I9" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>64</v>
+      </c>
+      <c r="H10" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D2" t="s">
+        <v>69</v>
+      </c>
+      <c r="E2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>71</v>
+      </c>
+      <c r="H2" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C3" t="s">
+        <v>73</v>
+      </c>
+      <c r="D3" t="s">
+        <v>74</v>
+      </c>
+      <c r="E3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>76</v>
+      </c>
+      <c r="H3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>78</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>81</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>83</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>88</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>90</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>91</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>