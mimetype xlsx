--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,207 +1,575 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="49">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2002 17:51:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
   </si>
   <si>
     <t>c_272249</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 novembre 2023</t>
+  </si>
+  <si>
+    <t>17/11/2023 11:53:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473177/fr/commission-de-la-transparence-reunion-du-22-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3473177</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>NIMOTOP (nimodipine)</t>
+  </si>
+  <si>
+    <t>06/12/2023 16:47:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982725/fr/nimotop-nimodipine</t>
+  </si>
+  <si>
+    <t>pprd_2982725</t>
+  </si>
+  <si>
+    <t>nimodipine</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400272/fr/nimotop-30-mg-comprime-pellicule-boite-de-90</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991884/fr/nimotop-nimodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612475/fr/nimotop-nimodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972302/fr/nimotop-nimodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477067/fr/nimotop-nimodipine-maladie-ischemique-neurologique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>34</v>
+      </c>
+      <c r="J1" t="s">
+        <v>35</v>
+      </c>
+      <c r="K1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
+      </c>
+      <c r="I2" t="s">
+        <v>42</v>
+      </c>
+      <c r="J2" t="s">
+        <v>43</v>
+      </c>
+      <c r="K2" t="s">
+        <v>44</v>
+      </c>
+      <c r="L2" t="s">
+        <v>45</v>
+      </c>
+      <c r="M2" t="s">
+        <v>46</v>
+      </c>
+      <c r="N2" t="s">
+        <v>47</v>
+      </c>
+      <c r="O2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>