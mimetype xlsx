--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -1,245 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>04/04/2018 17:30:00</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
-  </si>
-[...64 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3477067/fr/nimotop-nimodipine-maladie-ischemique-neurologique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -249,286 +156,52 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...232 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>