--- v0 (2025-11-02)
+++ v1 (2025-12-21)
@@ -1,194 +1,368 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="84">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...2 lines deleted...]
-    <t>02/03/2020 10:20:00</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>Albinisme</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'albinisme oculo-cutané. Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2019 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112485/fr/albinisme</t>
+  </si>
+  <si>
+    <t>p_3112485</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 21 juillet 2021</t>
+  </si>
+  <si>
+    <t>15/07/2021 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3277677/fr/commission-de-la-transparence-reunion-a-distance-du-21-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3277677</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 2 juin 2021</t>
+  </si>
+  <si>
+    <t>26/05/2021 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3268363/fr/commission-de-la-transparence-reunion-a-distance-du-2-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3268363</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 juillet 2020</t>
+  </si>
+  <si>
+    <t>16/07/2020 08:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194246/fr/commission-de-la-transparence-reunion-a-distance-du-22-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3194246</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2007</t>
+  </si>
+  <si>
+    <t>06/06/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616099/fr/commission-de-la-transparence-reunion-du-6-juin-2007</t>
+  </si>
+  <si>
+    <t>c_616099</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ORFADIN (nitisinone)</t>
   </si>
   <si>
-    <t>08/26/2021 15:36:23</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983765/en/orfadin-nitisinone</t>
+    <t>26/08/2021 15:36:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983765/fr/orfadin-nitisinone</t>
   </si>
   <si>
     <t>pprd_2983765</t>
   </si>
   <si>
     <t>nitisinone</t>
   </si>
   <si>
     <t>SWEDISH ORPHAN BIOVITRUM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_560675/en/orfadin</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3282779/en/orfadin-nitisinone-alcaptonurie</t>
+    <t>https://www.has-sante.fr/jcms/c_560675/fr/orfadin-nitisinone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735463/fr/orfadin-nitisinone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282779/fr/orfadin-nitisinone-alcaptonurie</t>
+  </si>
+  <si>
+    <t>NITISINONE DIPHARMA (nitisinone)</t>
+  </si>
+  <si>
+    <t>31/07/2020 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197646/fr/nitisinone-dipharma-nitisinone</t>
+  </si>
+  <si>
+    <t>p_3197646</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908655/fr/nitisinone-dipharma-nitisinone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197623/fr/nitisinone-dipharma-nitisinone</t>
+  </si>
+  <si>
+    <t>NITISINONE MDK (nitisinone)</t>
+  </si>
+  <si>
+    <t>05/07/2018 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982838/fr/nitisinone-mdk-nitisinone</t>
+  </si>
+  <si>
+    <t>pprd_2982838</t>
+  </si>
+  <si>
+    <t>WEP CLINICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853369/fr/nitisinone-mdk-nitisinone</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -215,125 +389,541 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>19</v>
       </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>52</v>
+      </c>
+      <c r="H4" t="s">
+        <v>53</v>
+      </c>
+      <c r="I4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>55</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J1" t="s">
+        <v>59</v>
+      </c>
+      <c r="K1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I2" t="s">
+        <v>66</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>70</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>73</v>
+      </c>
+      <c r="H3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I3" t="s">
+        <v>66</v>
+      </c>
+      <c r="J3" t="s">
+        <v>75</v>
+      </c>
+      <c r="K3" t="s">
+        <v>76</v>
+      </c>
+      <c r="L3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>61</v>
+      </c>
+      <c r="B4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>80</v>
+      </c>
+      <c r="H4" t="s">
+        <v>81</v>
+      </c>
+      <c r="I4" t="s">
+        <v>66</v>
+      </c>
+      <c r="J4" t="s">
+        <v>82</v>
+      </c>
+      <c r="K4" t="s">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>