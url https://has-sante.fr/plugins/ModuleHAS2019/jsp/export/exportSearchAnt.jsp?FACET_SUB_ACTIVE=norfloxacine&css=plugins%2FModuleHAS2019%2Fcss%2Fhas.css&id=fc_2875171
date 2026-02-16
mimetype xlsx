--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,193 +1,427 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="103">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des effets indésirables des fluoroquinolones - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette note contient les informations relatives au cadrage du thème « Prise en charge des effets indésirables (EI) des fluoroquinolones (FQ) » inscrit au programme de la Haute Autorité de santé (HAS). Il s’agit d’une auto-saisine de la HAS suite à la demande de France Assos Santé, association agréée au titre de la représentation des usagers du système de santé, d’élaborer des recommandations de prise en charge des victimes des EI graves liés à la prise de FQ. Cette demande portée auprès de la HAS a été examinée telle une saisine au titre du droit d’alerte figurant à l’article L. 161-37 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>07/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:37:34</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/p_3826266/fr/prise-en-charge-des-effets-indesirables-des-fluoroquinolones-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3826266</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 avril 2023</t>
+  </si>
+  <si>
+    <t>13/04/2023 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427269/fr/commission-de-la-transparence-reunion-du-19-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3427269</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 mars 2018</t>
+  </si>
+  <si>
+    <t>14/03/2018 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834595/fr/commission-de-la-transparence-reunion-du-21-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2834595</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>NORFLOXACINE ZENTIVA (norfloxacine)</t>
   </si>
   <si>
-    <t>05/22/2023 09:39:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3442562/en/norfloxacine-zentiva-norfloxacine</t>
+    <t>22/05/2023 09:39:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442562/fr/norfloxacine-zentiva-norfloxacine</t>
   </si>
   <si>
     <t>p_3442562</t>
   </si>
   <si>
     <t>norfloxacine</t>
   </si>
   <si>
     <t>ZENTIVA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3434791/en/norfloxacine-zentiva-norfloxacine-gastrointestinal-infections</t>
+    <t>https://www.has-sante.fr/jcms/p_3434791/fr/norfloxacine-zentiva-norfloxacine-infections-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>CHIBROXINE (norfloxacine)</t>
+  </si>
+  <si>
+    <t>15/12/2016 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983806/fr/chibroxine-norfloxacine</t>
+  </si>
+  <si>
+    <t>pprd_2983806</t>
+  </si>
+  <si>
+    <t>THEA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455268/fr/chibroxine-norfloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332083/fr/chibroxine-norfloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730824/fr/chibroxine-norfloxacine</t>
+  </si>
+  <si>
+    <t>NOROXINE et ses génériques (norfloxacine)</t>
+  </si>
+  <si>
+    <t>09/04/2018 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985347/fr/noroxine-et-ses-generiques-norfloxacine</t>
+  </si>
+  <si>
+    <t>pprd_2985347</t>
+  </si>
+  <si>
+    <t>Laboratoire MSD - CHIBRET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_751115/fr/noroxine-norfloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842329/fr/generiques-de-noroxine-norfloxacine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -201,127 +435,607 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>46</v>
+      </c>
+      <c r="H9" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>50</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>53</v>
+      </c>
+      <c r="C11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" t="s">
+        <v>58</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>65</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>72</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>75</v>
+      </c>
+      <c r="H3" t="s">
+        <v>76</v>
+      </c>
+      <c r="I3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>77</v>
+      </c>
+      <c r="J1" t="s">
+        <v>78</v>
+      </c>
+      <c r="K1" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>83</v>
+      </c>
+      <c r="H2" t="s">
+        <v>84</v>
+      </c>
+      <c r="I2" t="s">
+        <v>85</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>87</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>90</v>
+      </c>
+      <c r="H3" t="s">
+        <v>91</v>
+      </c>
+      <c r="I3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J3" t="s">
+        <v>92</v>
+      </c>
+      <c r="K3" t="s">
+        <v>93</v>
+      </c>
+      <c r="L3" t="s">
+        <v>94</v>
+      </c>
+      <c r="M3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>97</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>98</v>
+      </c>
+      <c r="H4" t="s">
+        <v>99</v>
+      </c>
+      <c r="I4" t="s">
+        <v>85</v>
+      </c>
+      <c r="J4" t="s">
+        <v>100</v>
+      </c>
+      <c r="K4" t="s">
+        <v>101</v>
+      </c>
+      <c r="L4" t="s">
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>