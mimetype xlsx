--- v0 (2025-10-20)
+++ v1 (2026-02-01)
@@ -1,1427 +1,355 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>OPTIKINZY (éthinylestradiol/ norgestimate)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>12/12/2022 17:27:00</t>
-[...266 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983146/fr/optikinzy-ethinylestradiol/-norgestimate</t>
+    <t>01/28/2019 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983146/en/optikinzy-ethinylestradiol/-norgestimate</t>
   </si>
   <si>
     <t>pprd_2983146</t>
   </si>
   <si>
     <t>éthinylestradiol,norgestimate</t>
   </si>
   <si>
     <t>NEXMED PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2867469/fr/optikinzy-norgestimate/ethinylestradiol-contraceptifs-hormonaux-a-usage-systemique</t>
+    <t>https://www.has-sante.fr/jcms/c_2867469/en/optikinzy-norgestimate/ethinylestradiol-hormone-contraceptives-for-systemic-use</t>
   </si>
   <si>
     <t>CILEST (éthinylestradiol/ norgestimate)</t>
   </si>
   <si>
-    <t>06/02/2013 16:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984993/fr/cilest-ethinylestradiol/-norgestimate</t>
+    <t>02/06/2013 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984993/en/cilest-ethinylestradiol/-norgestimate</t>
   </si>
   <si>
     <t>pprd_2984993</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1320866/fr/cilest-ethinylestradiol/-norgestimate</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399538/fr/cilest-comprime-plaquette-de-21-boites-de-1-et-3</t>
+    <t>https://www.has-sante.fr/jcms/c_1320866/en/cilest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399538/en/cilest-comprime-plaquette-de-21-boites-de-1-et-3</t>
   </si>
   <si>
     <t>EFFIPREV (éthinylestradiol/ norgestimate)</t>
   </si>
   <si>
-    <t>22/04/2013 14:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984997/fr/effiprev-ethinylestradiol/-norgestimate</t>
+    <t>04/22/2013 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984997/en/effiprev-ethinylestradiol/-norgestimate</t>
   </si>
   <si>
     <t>pprd_2984997</t>
   </si>
   <si>
     <t>EFFIK SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1320861/fr/effiprev-ethinylestradiol/-norgestimate</t>
-[...29 lines deleted...]
-    <t>c_1322400</t>
+    <t>https://www.has-sante.fr/jcms/c_1320861/en/effiprev</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399788/en/effiprev-comprime-plaquette-de-21-comprimes-boite-de-1-et-boite-de-3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:L4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...46 lines deleted...]
-      <c r="B2" t="s">
         <v>16</v>
       </c>
-      <c r="C2" t="s">
+      <c r="I2" t="s">
         <v>17</v>
       </c>
-      <c r="D2" t="s">
+      <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="C3" t="s">
+      <c r="H3" t="s">
         <v>23</v>
       </c>
-      <c r="D3" t="s">
-[...8 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
+        <v>17</v>
+      </c>
+      <c r="J3" t="s">
         <v>24</v>
       </c>
-      <c r="H3" t="s">
+      <c r="K3" t="s">
         <v>25</v>
+      </c>
+      <c r="L3" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C4" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>29</v>
       </c>
       <c r="H4" t="s">
         <v>30</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B5" t="s">
+      <c r="I4" t="s">
+        <v>17</v>
+      </c>
+      <c r="J4" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="K4" t="s">
         <v>32</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5" t="s">
+      <c r="L4" t="s">
         <v>33</v>
-      </c>
-[...628 lines deleted...]
-        <v>119</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-[...90 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>