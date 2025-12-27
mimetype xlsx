--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -1,355 +1,1427 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="129">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Acné : quand et comment la traiter ?</t>
+  </si>
+  <si>
+    <t>Maladie de peau touchant 80% des adolescents, l’acné peut revêtir des formes sévères avec des risques de cicatrices mais aussi altérer la qualité de vie et le quotidien. Certains traitements de l’acné ont fait l’objet d’alertes et d’inquiétudes, et il est aujourd’hui parfois difficile de savoir quels traitements privilégier et dans quels cas. En outre, les traitements prescrits sont suivis par moins d’un patient sur deux, compromettant leur efficacité. La Société Française de Dermatologie (SFD) fait le point aujourd’hui sur ces différentes questions et publie de nouvelles recommandations, labellisées par la Haute Autorité de Santé (HAS).</t>
+  </si>
+  <si>
+    <t>20/10/2015 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564525/fr/acne-quand-et-comment-la-traiter</t>
+  </si>
+  <si>
+    <t>c_2564525</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Méthodes contraceptives : Focus sur les méthodes les plus efficaces disponibles</t>
+  </si>
+  <si>
+    <t>Consultez le document de synthèse qui fait le point sur les méthodes contraceptives les plus efficaces : les spécialités disponibles, leur mode d'action, les indications, les populations cibles, l'efficacité, la tolérance, les conditions de suivi et les complications. Actualisation novembre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2017 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369314/fr/methodes-contraceptives-focus-sur-les-methodes-les-plus-efficaces-disponibles</t>
+  </si>
+  <si>
+    <t>c_1369314</t>
+  </si>
+  <si>
+    <t>Contraceptifs oraux estroprogestatifs : préférez les «pilules» de 1re ou 2e génération</t>
+  </si>
+  <si>
+    <t>Les COEP dits de 3e génération (C3G, contenant du désogestrel, du gestodène ou du norgestimate) exposent les femmes à un surrisque d’accident thromboembolique veineux par rapport aux COEP dits de 1re ou 2e génération (C1G ou C2G).</t>
+  </si>
+  <si>
+    <t>30/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2012 14:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439689/fr/contraceptifs-oraux-estroprogestatifs-preferez-les-pilules-de-1re-ou-2e-generation</t>
+  </si>
+  <si>
+    <t>r_1439689</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juillet 2018</t>
+  </si>
+  <si>
+    <t>04/07/2018 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861373/fr/commission-de-la-transparence-reunion-du-11-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2861373</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 mai 2018</t>
+  </si>
+  <si>
+    <t>23/05/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2850532/fr/commission-de-la-transparence-reunion-du-30-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2850532</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>OPTIKINZY (éthinylestradiol/ norgestimate)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983146/en/optikinzy-ethinylestradiol/-norgestimate</t>
+    <t>28/01/2019 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983146/fr/optikinzy-ethinylestradiol/-norgestimate</t>
   </si>
   <si>
     <t>pprd_2983146</t>
   </si>
   <si>
     <t>éthinylestradiol,norgestimate</t>
   </si>
   <si>
     <t>NEXMED PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2867469/en/optikinzy-norgestimate/ethinylestradiol-hormone-contraceptives-for-systemic-use</t>
+    <t>https://www.has-sante.fr/jcms/c_2867469/fr/optikinzy-norgestimate/ethinylestradiol-contraceptifs-hormonaux-a-usage-systemique</t>
   </si>
   <si>
     <t>CILEST (éthinylestradiol/ norgestimate)</t>
   </si>
   <si>
-    <t>02/06/2013 16:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984993/en/cilest-ethinylestradiol/-norgestimate</t>
+    <t>06/02/2013 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984993/fr/cilest-ethinylestradiol/-norgestimate</t>
   </si>
   <si>
     <t>pprd_2984993</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1320866/en/cilest</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399538/en/cilest-comprime-plaquette-de-21-boites-de-1-et-3</t>
+    <t>https://www.has-sante.fr/jcms/c_1320866/fr/cilest-ethinylestradiol/-norgestimate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399538/fr/cilest-comprime-plaquette-de-21-boites-de-1-et-3</t>
   </si>
   <si>
     <t>EFFIPREV (éthinylestradiol/ norgestimate)</t>
   </si>
   <si>
-    <t>04/22/2013 14:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984997/en/effiprev-ethinylestradiol/-norgestimate</t>
+    <t>22/04/2013 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984997/fr/effiprev-ethinylestradiol/-norgestimate</t>
   </si>
   <si>
     <t>pprd_2984997</t>
   </si>
   <si>
     <t>EFFIK SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1320861/en/effiprev</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399788/en/effiprev-comprime-plaquette-de-21-comprimes-boite-de-1-et-boite-de-3</t>
+    <t>https://www.has-sante.fr/jcms/c_1320861/fr/effiprev-ethinylestradiol/-norgestimate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399788/fr/effiprev-comprime-plaquette-de-21-comprimes-boite-de-1-et-boite-de-3</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
+  </si>
+  <si>
+    <t>Réévaluation des contraceptifs oraux de troisième génération (annexe commune) - juin 2012</t>
+  </si>
+  <si>
+    <t>23/10/2012 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322400/fr/reevaluation-des-contraceptifs-oraux-de-troisieme-generation-annexe-commune-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1322400</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
+        <v>16</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H3" t="s">
-        <v>23</v>
-[...7 lines deleted...]
-      <c r="K3" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>29</v>
       </c>
       <c r="H4" t="s">
         <v>30</v>
       </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
+        <v>28</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
+        <v>28</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" t="s">
+        <v>53</v>
+      </c>
+      <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" t="s">
+        <v>28</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" t="s">
+        <v>28</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>57</v>
+      </c>
+      <c r="H12" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" t="s">
+        <v>59</v>
+      </c>
+      <c r="C13" t="s">
+        <v>60</v>
+      </c>
+      <c r="D13" t="s">
+        <v>61</v>
+      </c>
+      <c r="E13" t="s">
+        <v>62</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>63</v>
+      </c>
+      <c r="H13" t="s">
+        <v>64</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D2" t="s">
+        <v>74</v>
+      </c>
+      <c r="E2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>76</v>
+      </c>
+      <c r="H2" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B3" t="s">
+        <v>78</v>
+      </c>
+      <c r="C3" t="s">
+        <v>79</v>
+      </c>
+      <c r="D3" t="s">
+        <v>80</v>
+      </c>
+      <c r="E3" t="s">
+        <v>81</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H2" t="s">
+        <v>89</v>
+      </c>
+      <c r="I2" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>93</v>
+      </c>
+      <c r="H3" t="s">
+        <v>94</v>
+      </c>
+      <c r="I3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>95</v>
+      </c>
+      <c r="J1" t="s">
+        <v>96</v>
+      </c>
+      <c r="K1" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H2" t="s">
+        <v>102</v>
+      </c>
+      <c r="I2" t="s">
+        <v>103</v>
+      </c>
+      <c r="J2" t="s">
+        <v>104</v>
+      </c>
+      <c r="K2" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>108</v>
+      </c>
+      <c r="H3" t="s">
+        <v>109</v>
+      </c>
+      <c r="I3" t="s">
+        <v>103</v>
+      </c>
+      <c r="J3" t="s">
+        <v>110</v>
+      </c>
+      <c r="K3" t="s">
+        <v>111</v>
+      </c>
+      <c r="L3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>114</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>115</v>
+      </c>
+      <c r="H4" t="s">
+        <v>116</v>
+      </c>
       <c r="I4" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="J4" t="s">
-        <v>31</v>
+        <v>117</v>
       </c>
       <c r="K4" t="s">
-        <v>32</v>
+        <v>118</v>
       </c>
       <c r="L4" t="s">
-        <v>33</v>
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H2" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>127</v>
+      </c>
+      <c r="H3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>