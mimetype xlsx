--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,286 +1,868 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="467" uniqueCount="248">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>08/27/2021 12:16:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des effets indésirables des fluoroquinolones - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette note contient les informations relatives au cadrage du thème « Prise en charge des effets indésirables (EI) des fluoroquinolones (FQ) » inscrit au programme de la Haute Autorité de santé (HAS). Il s’agit d’une auto-saisine de la HAS suite à la demande de France Assos Santé, association agréée au titre de la représentation des usagers du système de santé, d’élaborer des recommandations de prise en charge des victimes des EI graves liés à la prise de FQ. Cette demande portée auprès de la HAS a été examinée telle une saisine au titre du droit d’alerte figurant à l’article L. 161-37 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>07/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:37:34</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>https://www.has-sante.fr/jcms/p_3826266/fr/prise-en-charge-des-effets-indesirables-des-fluoroquinolones-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3826266</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>General principles and prescription recommendations for antibiotics in primary care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>p_3604614</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Mycoplasma genitalium</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Mycoplasma genitalium. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604652/fr/traitement-curatif-des-personnes-infectees-par-mycoplasma-genitalium</t>
+  </si>
+  <si>
+    <t>p_3604652</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes infectées par Neisseria gonorrhoeae</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes infectées par Neisseria gonorrhoeae. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604670/fr/recommandations-de-prise-en-charge-des-personnes-infectees-par-neisseria-gonorrhoeae</t>
+  </si>
+  <si>
+    <t>p_3604670</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
+  </si>
+  <si>
+    <t>05/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>p_3262788</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Prise en charge médicale et chirurgicale de la diverticulite colique</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’améliorer la qualité de la prise en charge des patients présentant une diverticulite colique. Il s’agit d’une actualisation des précédentes recommandations de 2006.</t>
+  </si>
+  <si>
+    <t>22/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2017 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806798/fr/prise-en-charge-medicale-et-chirurgicale-de-la-diverticulite-colique</t>
+  </si>
+  <si>
+    <t>c_2806798</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche ou de genou : diagnostic et prise en charge de l'infection dans le mois suivant l’implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’améliorer la qualité de la prise en charge des patients adultes avec infection sur prothèse de hanche ou de genou dans le mois suivant l’implantation.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2014 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1228574/fr/prothese-de-hanche-ou-de-genou-diagnostic-et-prise-en-charge-de-l-infection-dans-le-mois-suivant-l-implantation</t>
+  </si>
+  <si>
+    <t>c_1228574</t>
+  </si>
+  <si>
+    <t>Principes généraux et conseils de prescription des antibiotiques en premier recours</t>
+  </si>
+  <si>
+    <t>Le but de cette fiche mémo est d’éviter la prescription inappropriée des antibiotiques, source de pression de sélection, qui aboutit à l’émergence des résistances bactériennes et à des impasses thérapeutiques.</t>
+  </si>
+  <si>
+    <t>05/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
   </si>
   <si>
     <t>c_1723138</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Tous engagés pour un meilleur usage des antibiotiques</t>
+  </si>
+  <si>
+    <t>A l’occasion de la journée européenne d’information sur les antibiotiques du 18 novembre, les acteurs engagés dans la lutte contre l’antibiorésistance publient un état des lieux de la consommation des antibiotiques et de la résistance bactérienne, en santé humaine et animale en France, ainsi que les pistes d’actions pour l’avenir dans une approche « une seule santé ». La pandémie de Covid-19 a eu un impact certain en santé humaine : la diminution de la consommation en ville est très nette, l’activité hospitalière a évolué de manière différente en lien avec la prise en charge des patients Covid-19. En santé animale, les objectifs des plans Ecoantibio sont atteints. Ces progrès notables nécessitent de poursuivre les efforts individuellement et collectivement.</t>
+  </si>
+  <si>
+    <t>18/11/2021 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298977/fr/tous-engages-pour-un-meilleur-usage-des-antibiotiques</t>
+  </si>
+  <si>
+    <t>p_3298977</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique de l'infection à Chlamydia trachomatis - Document d'avis</t>
+  </si>
+  <si>
+    <t>Ce document comporte des avis de la Haute Autorité de Santé sur le service attendu des actes du diagnostic biologique de l’infection à Chlamydia trachomatis. Il répond à la demande de l’Union Nationale des Caisses d’Assurance Maladie pour l’actualisation de la Nomenclature d’Actes de Biologie Médicale.</t>
+  </si>
+  <si>
+    <t>21/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1498796/fr/diagnostic-biologique-de-l-infection-a-chlamydia-trachomatis-document-d-avis</t>
+  </si>
+  <si>
+    <t>r_1498796</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 avril 2021</t>
+  </si>
+  <si>
+    <t>31/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3258755</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2011</t>
+  </si>
+  <si>
+    <t>05/10/2011 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1101373/fr/commission-de-la-transparence-reunion-du-5-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1101373</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>OFLOCET - MONOFLOCET (ofloxacine)</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984540/fr/oflocet-monoflocet-ofloxacine</t>
+  </si>
+  <si>
+    <t>pprd_2984540</t>
+  </si>
+  <si>
+    <t>ofloxacine</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398904/fr/oflocet-ofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461115/fr/oflocet-monoflocet-ofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034334/fr/oflocet-monoflocet-ofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991891/fr/monoflocet-oflocet-ofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263066/fr/oflocet-/-monoflocet-ofloxacine</t>
+  </si>
+  <si>
+    <t>OFLOXACINE (ofloxacine)</t>
+  </si>
+  <si>
+    <t>05/12/2018 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982996/fr/ofloxacine-ofloxacine</t>
+  </si>
+  <si>
+    <t>pprd_2982996</t>
+  </si>
+  <si>
+    <t>MACOPHARMA/ MERCK GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399699/fr/ofloxacine-merck-ofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888174/fr/ofloxacine-macopharma-ofloxacine</t>
+  </si>
+  <si>
+    <t>QUINOFREE (ofloxacine)</t>
+  </si>
+  <si>
+    <t>04/01/2018 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983446/fr/quinofree-ofloxacine</t>
+  </si>
+  <si>
+    <t>pprd_2983446</t>
+  </si>
+  <si>
+    <t>THEA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818007/fr/quinofree-ofloxacine</t>
+  </si>
+  <si>
+    <t>EXOCINE (ofloxacine)</t>
+  </si>
+  <si>
+    <t>03/01/2018 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983455/fr/exocine-ofloxacine</t>
+  </si>
+  <si>
+    <t>pprd_2983455</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399323/fr/exocine-0-3-pour-cent-collyre-flacon-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490456/fr/exocine-ofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329824/fr/exocine-ofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813821/fr/exocine-ofloxacine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -302,321 +884,1564 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" t="s">
+        <v>23</v>
+      </c>
+      <c r="E13" t="s">
         <v>53</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>57</v>
       </c>
       <c r="H13" t="s">
         <v>58</v>
       </c>
     </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>18</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" t="s">
+        <v>23</v>
+      </c>
+      <c r="E15" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>65</v>
+      </c>
+      <c r="H15" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" t="s">
+        <v>23</v>
+      </c>
+      <c r="E16" t="s">
+        <v>61</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>68</v>
+      </c>
+      <c r="H16" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>70</v>
+      </c>
+      <c r="C17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E17" t="s">
+        <v>61</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>71</v>
+      </c>
+      <c r="H17" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>73</v>
+      </c>
+      <c r="C18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D18" t="s">
+        <v>23</v>
+      </c>
+      <c r="E18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>74</v>
+      </c>
+      <c r="H18" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>76</v>
+      </c>
+      <c r="C19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E19" t="s">
+        <v>61</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>77</v>
+      </c>
+      <c r="H19" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>79</v>
+      </c>
+      <c r="C20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" t="s">
+        <v>23</v>
+      </c>
+      <c r="E20" t="s">
+        <v>61</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>80</v>
+      </c>
+      <c r="H20" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>82</v>
+      </c>
+      <c r="C21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" t="s">
+        <v>23</v>
+      </c>
+      <c r="E21" t="s">
+        <v>61</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>83</v>
+      </c>
+      <c r="H21" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>85</v>
+      </c>
+      <c r="C22" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" t="s">
+        <v>86</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>87</v>
+      </c>
+      <c r="H22" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>89</v>
+      </c>
+      <c r="C23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E23" t="s">
+        <v>90</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>91</v>
+      </c>
+      <c r="H23" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>93</v>
+      </c>
+      <c r="C24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" t="s">
+        <v>23</v>
+      </c>
+      <c r="E24" t="s">
+        <v>94</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>95</v>
+      </c>
+      <c r="H24" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>97</v>
+      </c>
+      <c r="C25" t="s">
+        <v>17</v>
+      </c>
+      <c r="D25" t="s">
+        <v>18</v>
+      </c>
+      <c r="E25" t="s">
+        <v>19</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>98</v>
+      </c>
+      <c r="H25" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" t="s">
+        <v>100</v>
+      </c>
+      <c r="C26" t="s">
+        <v>17</v>
+      </c>
+      <c r="D26" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26" t="s">
+        <v>19</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>101</v>
+      </c>
+      <c r="H26" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>8</v>
+      </c>
+      <c r="B27" t="s">
+        <v>103</v>
+      </c>
+      <c r="C27" t="s">
+        <v>104</v>
+      </c>
+      <c r="D27" t="s">
+        <v>105</v>
+      </c>
+      <c r="E27" t="s">
+        <v>106</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>107</v>
+      </c>
+      <c r="H27" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>8</v>
+      </c>
+      <c r="B28" t="s">
+        <v>109</v>
+      </c>
+      <c r="C28" t="s">
+        <v>110</v>
+      </c>
+      <c r="D28" t="s">
+        <v>105</v>
+      </c>
+      <c r="E28" t="s">
+        <v>106</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>111</v>
+      </c>
+      <c r="H28" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>8</v>
+      </c>
+      <c r="B29" t="s">
+        <v>113</v>
+      </c>
+      <c r="C29" t="s">
+        <v>114</v>
+      </c>
+      <c r="D29" t="s">
+        <v>105</v>
+      </c>
+      <c r="E29" t="s">
+        <v>115</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>116</v>
+      </c>
+      <c r="H29" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>8</v>
+      </c>
+      <c r="B30" t="s">
+        <v>118</v>
+      </c>
+      <c r="C30" t="s">
+        <v>119</v>
+      </c>
+      <c r="D30" t="s">
+        <v>120</v>
+      </c>
+      <c r="E30" t="s">
+        <v>121</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>122</v>
+      </c>
+      <c r="H30" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>8</v>
+      </c>
+      <c r="B31" t="s">
+        <v>124</v>
+      </c>
+      <c r="C31" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" t="s">
+        <v>125</v>
+      </c>
+      <c r="E31" t="s">
+        <v>90</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>126</v>
+      </c>
+      <c r="H31" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>8</v>
+      </c>
+      <c r="B32" t="s">
+        <v>128</v>
+      </c>
+      <c r="C32" t="s">
+        <v>17</v>
+      </c>
+      <c r="D32" t="s">
+        <v>23</v>
+      </c>
+      <c r="E32" t="s">
+        <v>61</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>129</v>
+      </c>
+      <c r="H32" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>8</v>
+      </c>
+      <c r="B33" t="s">
+        <v>131</v>
+      </c>
+      <c r="C33" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" t="s">
+        <v>23</v>
+      </c>
+      <c r="E33" t="s">
+        <v>61</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>132</v>
+      </c>
+      <c r="H33" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" t="s">
+        <v>134</v>
+      </c>
+      <c r="C34" t="s">
+        <v>135</v>
+      </c>
+      <c r="D34" t="s">
+        <v>136</v>
+      </c>
+      <c r="E34" t="s">
+        <v>137</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>138</v>
+      </c>
+      <c r="H34" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>8</v>
+      </c>
+      <c r="B35" t="s">
+        <v>140</v>
+      </c>
+      <c r="C35" t="s">
+        <v>141</v>
+      </c>
+      <c r="D35" t="s">
+        <v>142</v>
+      </c>
+      <c r="E35" t="s">
+        <v>143</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>144</v>
+      </c>
+      <c r="H35" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>8</v>
+      </c>
+      <c r="B36" t="s">
+        <v>146</v>
+      </c>
+      <c r="C36" t="s">
+        <v>147</v>
+      </c>
+      <c r="D36" t="s">
+        <v>148</v>
+      </c>
+      <c r="E36" t="s">
+        <v>149</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>150</v>
+      </c>
+      <c r="H36" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>8</v>
+      </c>
+      <c r="B37" t="s">
+        <v>152</v>
+      </c>
+      <c r="C37" t="s">
+        <v>153</v>
+      </c>
+      <c r="D37" t="s">
+        <v>154</v>
+      </c>
+      <c r="E37" t="s">
+        <v>155</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>156</v>
+      </c>
+      <c r="H37" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B38" t="s">
+        <v>158</v>
+      </c>
+      <c r="C38" t="s">
+        <v>159</v>
+      </c>
+      <c r="D38" t="s">
+        <v>160</v>
+      </c>
+      <c r="E38" t="s">
+        <v>161</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>162</v>
+      </c>
+      <c r="H38" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>8</v>
+      </c>
+      <c r="B39" t="s">
+        <v>164</v>
+      </c>
+      <c r="C39" t="s">
+        <v>165</v>
+      </c>
+      <c r="D39" t="s">
+        <v>166</v>
+      </c>
+      <c r="E39" t="s">
+        <v>167</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>168</v>
+      </c>
+      <c r="H39" t="s">
+        <v>169</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>170</v>
+      </c>
+      <c r="B2" t="s">
+        <v>171</v>
+      </c>
+      <c r="C2" t="s">
+        <v>172</v>
+      </c>
+      <c r="D2" t="s">
+        <v>173</v>
+      </c>
+      <c r="E2" t="s">
+        <v>174</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>175</v>
+      </c>
+      <c r="H2" t="s">
+        <v>176</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C2" t="s">
+        <v>179</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>181</v>
+      </c>
+      <c r="H2" t="s">
+        <v>182</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B2" t="s">
+        <v>184</v>
+      </c>
+      <c r="C2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>188</v>
+      </c>
+      <c r="H2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D3" t="s">
+        <v>192</v>
+      </c>
+      <c r="E3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>194</v>
+      </c>
+      <c r="H3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B2" t="s">
+        <v>198</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>199</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>200</v>
+      </c>
+      <c r="H2" t="s">
+        <v>201</v>
+      </c>
+      <c r="I2" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>205</v>
+      </c>
+      <c r="H3" t="s">
+        <v>206</v>
+      </c>
+      <c r="I3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B4" t="s">
+        <v>207</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>208</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>209</v>
+      </c>
+      <c r="H4" t="s">
+        <v>210</v>
+      </c>
+      <c r="I4" t="s">
+        <v>202</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J1" t="s">
+        <v>212</v>
+      </c>
+      <c r="K1" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>214</v>
+      </c>
+      <c r="B2" t="s">
+        <v>215</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>216</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>217</v>
+      </c>
+      <c r="H2" t="s">
+        <v>218</v>
+      </c>
+      <c r="I2" t="s">
+        <v>219</v>
+      </c>
+      <c r="J2" t="s">
+        <v>220</v>
+      </c>
+      <c r="K2" t="s">
+        <v>221</v>
+      </c>
+      <c r="L2" t="s">
+        <v>222</v>
+      </c>
+      <c r="M2" t="s">
+        <v>223</v>
+      </c>
+      <c r="N2" t="s">
+        <v>224</v>
+      </c>
+      <c r="O2" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>228</v>
+      </c>
+      <c r="H3" t="s">
+        <v>229</v>
+      </c>
+      <c r="I3" t="s">
+        <v>219</v>
+      </c>
+      <c r="J3" t="s">
+        <v>230</v>
+      </c>
+      <c r="K3" t="s">
+        <v>231</v>
+      </c>
+      <c r="L3" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>214</v>
+      </c>
+      <c r="B4" t="s">
+        <v>233</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>234</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>235</v>
+      </c>
+      <c r="H4" t="s">
+        <v>236</v>
+      </c>
+      <c r="I4" t="s">
+        <v>219</v>
+      </c>
+      <c r="J4" t="s">
+        <v>237</v>
+      </c>
+      <c r="K4" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>214</v>
+      </c>
+      <c r="B5" t="s">
+        <v>239</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>240</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>241</v>
+      </c>
+      <c r="H5" t="s">
+        <v>242</v>
+      </c>
+      <c r="I5" t="s">
+        <v>219</v>
+      </c>
+      <c r="J5" t="s">
+        <v>243</v>
+      </c>
+      <c r="K5" t="s">
+        <v>244</v>
+      </c>
+      <c r="L5" t="s">
+        <v>245</v>
+      </c>
+      <c r="M5" t="s">
+        <v>246</v>
+      </c>
+      <c r="N5" t="s">
+        <v>247</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>