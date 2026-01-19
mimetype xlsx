--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,268 +1,832 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="382" uniqueCount="237">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>07/27/2022 13:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Syndrome neurodéveloppemental lié à SETD5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome SETD5. Il a été élaboré par le Centre de Compétence PsyRare (Maladies Rares à Expression Psychiatrique) et le Centre de Référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/09/2025 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643716/fr/syndrome-neurodeveloppemental-lie-a-setd5</t>
+  </si>
+  <si>
+    <t>p_3643716</t>
+  </si>
+  <si>
+    <t>ALD n° 23 - Troubles bipolaires</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2025 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_849818/fr/ald-n-23-troubles-bipolaires</t>
+  </si>
+  <si>
+    <t>c_849818</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Syndrome catatonique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Catatonique. Il a été élaboré par le Centre de Référence Maladies rares à expression psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295009/fr/syndrome-catatonique</t>
+  </si>
+  <si>
+    <t>p_3295009</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Dangerosité psychiatrique : étude et évaluation des facteurs de risque de violence hétéro-agressive chez les personnes ayant des troubles schizophréniques ou des troubles de l’humeur</t>
+  </si>
+  <si>
+    <t>A la demande du Ministère de la Santé, la HAS a organisé une audition publique sur l'évaluation de la dangerosité psychiatrique. Il s’agissait d'aborder la dimension psychiatrique de la dangerosité et de son évaluation pour aider la prise en charge des patients dans un objectif de prévention des passages à l'acte violent par une meilleure prise en compte de la clinique.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2011 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069220/fr/dangerosite-psychiatrique-etude-et-evaluation-des-facteurs-de-risque-de-violence-hetero-agressive-chez-les-personnes-ayant-des-troubles-schizophreniques-ou-des-troubles-de-l-humeur</t>
+  </si>
+  <si>
+    <t>c_1069220</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson : critères diagnostiques et thérapeutiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quels sont les critères diagnostiques de la maladie de Parkinson et quels sont les examens complémentaires nécessaires ? Quelles sont les échelles d’évaluation utiles pour le suivi de la maladie de Parkinson ? Quelles stratégies thérapeutiques sont à conseiller à la phase initiale de la maladie de Parkinson ? Quelles thérapeutiques sont à conseiller à la phase évoluée de la maladie (en dehors de la rééducation et de la neurochirurgie) ? Quelles sont la place et les indications de la rééducation et de la réadaptation dans le traitement de la maladie de Parkinson ? Quelle est la place des traitements chirurgicaux ?</t>
+  </si>
+  <si>
+    <t>27/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272069/fr/la-maladie-de-parkinson-criteres-diagnostiques-et-therapeutiques</t>
+  </si>
+  <si>
+    <t>c_272069</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Modalités de prise de décision concernant l’indication en urgence d’une hospitalisation sans consentement d’une personne présentant des troubles mentaux</t>
+  </si>
+  <si>
+    <t>Préciser les acteurs concernés et les éléments à prendre en compte pour décider d’une hospitalisation sans consentement (hospitalisation à la demande d’un tiers ou hospitalisation d’office) : Patients potentiellement concernés Intervenant pré-hospitaliers concernés Appréciation de la capacité à consentir aux soins Moyens favorisant l’obtention d’un consentement aux soins Évaluation de l’entourage familial et social avant la mise en œuvre d’une hospitalisation sans consentement Indications d’une hospitalisation sans consentement Alternatives éventuelles à l’hospitalisation sans consentement Modalités de mise en œuvre d’une hospitalisation sans consentement (rédaction des certificats, modalités de transport, modalités d’accueil hospitalier)</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272435/fr/modalites-de-prise-de-decision-concernant-l-indication-en-urgence-d-une-hospitalisation-sans-consentement-d-une-personne-presentant-des-troubles-mentaux</t>
+  </si>
+  <si>
+    <t>c_272435</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mars 2012</t>
+  </si>
+  <si>
+    <t>14/03/2012 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225368/fr/commission-de-la-transparence-reunion-du-14-mars-2012</t>
+  </si>
+  <si>
+    <t>c_1225368</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 novembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité PLENAXIS par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>16/11/2011 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1120092/fr/commission-de-la-transparence-reunion-du-16-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1120092</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité FOSRENOL par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>19/10/2011 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104210/fr/commission-de-la-transparence-reunion-du-19-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1104210</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2011</t>
+  </si>
+  <si>
+    <t>06/07/2011 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069129/fr/commission-de-la-transparence-reunion-du-6-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1069129</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 septembre 2009</t>
+  </si>
+  <si>
+    <t>23/09/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847144/fr/commission-de-la-transparence-reunion-du-23-septembre-2009</t>
+  </si>
+  <si>
+    <t>c_847144</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juillet 2009</t>
+  </si>
+  <si>
+    <t>08/07/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748561/fr/commission-de-la-transparence-reunion-du-8-juillet-2009</t>
+  </si>
+  <si>
+    <t>c_748561</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2007</t>
+  </si>
+  <si>
+    <t>31/07/2007 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_610077/fr/commission-de-la-transparence-reunion-du-5-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_610077</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>OLANZAPINE (olanzapine)</t>
+  </si>
+  <si>
+    <t>04/03/2020 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984111/fr/olanzapine-olanzapine</t>
+  </si>
+  <si>
+    <t>pprd_2984111</t>
+  </si>
+  <si>
+    <t>olanzapine</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES/ BIOGARAN/ SANDOZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758543/fr/olanzapine-sandoz-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2630034/fr/olanzapine-biogaran-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3136103/fr/olanzapine-arrow-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067172/fr/olanzapine-arrow-olanzapine</t>
   </si>
   <si>
     <t>ZYPREXA (olanzapine)</t>
   </si>
   <si>
-    <t>11/13/2018 16:31:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983041/en/zyprexa-olanzapine</t>
+    <t>13/11/2018 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983041/fr/zyprexa-olanzapine</t>
   </si>
   <si>
     <t>pprd_2983041</t>
   </si>
   <si>
-    <t>olanzapine</t>
-[...1 lines deleted...]
-  <si>
     <t>LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399018/en/zyprexa-velotab-5-mg-comprime-orodispersible-zyprexa-velotab-10-mg-comprime-orodispersible-zyprexa-velotab-15-mg-comprime-orodispersible-zyprexa-velotab-20-mg-comprime-orodispersible-boites-de-28</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2881410/en/zyprexa-olanzapine</t>
+    <t>https://www.has-sante.fr/jcms/c_399018/fr/zyprexa-velotab-5-mg-comprime-orodispersible-zyprexa-velotab-10-mg-comprime-orodispersible-zyprexa-velotab-15-mg-comprime-orodispersible-zyprexa-velotab-20-mg-comprime-orodispersible-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399308/fr/zyprexa-10-mg-poudre-pour-solution-injectable-boites-de-1-et-10-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399309/fr/zyprexa-velotab-5-mg-comprime-orodispersible-zyprexa-velotab-10-mg-comprime-orodispersible-zyprexa-velotab-15-mg-comprime-orodispersible-zyprexa-velotab-20-mg-comprime-orodispersible-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399602/fr/zyprexa-5-mg-boites-de-28-comprimes-enrobes-zyprexa-7-5-mg-boites-de-56-comprimes-enrobes-zyprexa-10-mg-boites-de-28-et-56-comprimes-enrobes-zyprexa-7-5-mg-28-comprimes-enrobes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399718/fr/zyprexa-5-mg-comprime-enrobe-boite-de-28-zyprexa-7-5-mg-comprime-enrobe-boite-de-28-et-56-zyprexa-10-mg-comprime-enrobe-boite-de-28-et-56-zyprexa-velotab-5-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-10-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-15-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-20-mg-comprime-orodispersible-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399952/fr/zyprexa-10-mg-poudre-pour-solution-injectable-boite-de-1-et-10-flacons-zyprexa-10-mg-poudre-et-solvant-pour-solution-injectable-etui-de-1-flacon-1-seringue-pre-remplie-de-solvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400018/fr/zyprexa-5-mg-comprime-enrobe-boite-de-28-zyprexa-7-5-mg-comprime-enrobe-boite-de-28-et-boite-de-56-zyprexa-10-mg-comprime-enrobe-boite-de-28-zyprexa-velotab-5-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-10-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-15-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-20-mg-comprime-orodispersible-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400959/fr/zyprexa-velotab-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555588/fr/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242837/fr/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241672/fr/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881410/fr/zyprexa-olanzapine</t>
   </si>
   <si>
     <t>ZYPADHERA (pamoate monohydraté d'olanzapine/ olanzapine (pamoate d') monohydraté)</t>
   </si>
   <si>
-    <t>11/13/2018 16:31:24</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983043/en/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
+    <t>13/11/2018 16:31:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983043/fr/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
   </si>
   <si>
     <t>pprd_2983043</t>
   </si>
   <si>
     <t>pamoate monohydraté d'olanzapine,olanzapine (pamoate d') monohydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_866771/en/zypadhera</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2881401/en/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_866771/fr/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881401/fr/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
+  </si>
+  <si>
+    <t>ONEZYP (olanzapine)</t>
+  </si>
+  <si>
+    <t>06/05/2014 20:23:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984779/fr/onezyp-olanzapine</t>
+  </si>
+  <si>
+    <t>pprd_2984779</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739145/fr/onezyp-olanzapine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -276,264 +840,1279 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>68</v>
+      </c>
+      <c r="E13" t="s">
+        <v>69</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>71</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="B2" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="C2" t="s">
-        <v>17</v>
+        <v>74</v>
       </c>
       <c r="D2" t="s">
-        <v>18</v>
+        <v>75</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>78</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D3" t="s">
+        <v>81</v>
+      </c>
+      <c r="E3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>83</v>
+      </c>
+      <c r="H3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D4" t="s">
+        <v>81</v>
+      </c>
+      <c r="E4" t="s">
+        <v>87</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>88</v>
+      </c>
+      <c r="H4" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>72</v>
+      </c>
+      <c r="B5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E5" t="s">
+        <v>93</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>94</v>
+      </c>
+      <c r="H5" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>72</v>
+      </c>
+      <c r="B6" t="s">
+        <v>96</v>
+      </c>
+      <c r="C6" t="s">
+        <v>97</v>
+      </c>
+      <c r="D6" t="s">
+        <v>98</v>
+      </c>
+      <c r="E6" t="s">
+        <v>99</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>100</v>
+      </c>
+      <c r="H6" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>72</v>
+      </c>
+      <c r="B7" t="s">
+        <v>102</v>
+      </c>
+      <c r="C7" t="s">
+        <v>103</v>
+      </c>
+      <c r="D7" t="s">
+        <v>104</v>
+      </c>
+      <c r="E7" t="s">
+        <v>105</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H7" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>108</v>
+      </c>
+      <c r="C8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D8" t="s">
+        <v>110</v>
+      </c>
+      <c r="E8" t="s">
+        <v>111</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>112</v>
+      </c>
+      <c r="H8" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>114</v>
+      </c>
+      <c r="C9" t="s">
+        <v>115</v>
+      </c>
+      <c r="D9" t="s">
+        <v>116</v>
+      </c>
+      <c r="E9" t="s">
+        <v>117</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>118</v>
+      </c>
+      <c r="H9" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>120</v>
+      </c>
+      <c r="C10" t="s">
+        <v>121</v>
+      </c>
+      <c r="D10" t="s">
+        <v>122</v>
+      </c>
+      <c r="E10" t="s">
+        <v>123</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>124</v>
+      </c>
+      <c r="H10" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" t="s">
+        <v>126</v>
+      </c>
+      <c r="C11" t="s">
+        <v>127</v>
+      </c>
+      <c r="D11" t="s">
+        <v>104</v>
+      </c>
+      <c r="E11" t="s">
+        <v>128</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>129</v>
+      </c>
+      <c r="H11" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>72</v>
+      </c>
+      <c r="B12" t="s">
+        <v>131</v>
+      </c>
+      <c r="C12" t="s">
+        <v>132</v>
+      </c>
+      <c r="D12" t="s">
+        <v>133</v>
+      </c>
+      <c r="E12" t="s">
+        <v>134</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>135</v>
+      </c>
+      <c r="H12" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>72</v>
+      </c>
+      <c r="B13" t="s">
+        <v>137</v>
+      </c>
+      <c r="C13" t="s">
+        <v>138</v>
+      </c>
+      <c r="D13" t="s">
+        <v>139</v>
+      </c>
+      <c r="E13" t="s">
+        <v>140</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>141</v>
+      </c>
+      <c r="H13" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>72</v>
+      </c>
+      <c r="B14" t="s">
+        <v>143</v>
+      </c>
+      <c r="C14" t="s">
+        <v>144</v>
+      </c>
+      <c r="D14" t="s">
+        <v>145</v>
+      </c>
+      <c r="E14" t="s">
+        <v>146</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>147</v>
+      </c>
+      <c r="H14" t="s">
+        <v>148</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:V3"/>
+  <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>22</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>149</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>151</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>152</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>153</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="I2" t="s">
-        <v>30</v>
-[...38 lines deleted...]
-        <v>43</v>
+        <v>155</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="B3" t="s">
-        <v>44</v>
+        <v>156</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>157</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>45</v>
+        <v>158</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>46</v>
+        <v>159</v>
       </c>
       <c r="H3" t="s">
-        <v>47</v>
+        <v>160</v>
       </c>
       <c r="I3" t="s">
-        <v>48</v>
+        <v>155</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>150</v>
+      </c>
+      <c r="B4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C4" t="s">
+        <v>162</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>163</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>164</v>
+      </c>
+      <c r="H4" t="s">
+        <v>165</v>
+      </c>
+      <c r="I4" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>150</v>
+      </c>
+      <c r="B5" t="s">
+        <v>166</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>167</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>168</v>
+      </c>
+      <c r="H5" t="s">
+        <v>169</v>
+      </c>
+      <c r="I5" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B6" t="s">
+        <v>170</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>171</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>172</v>
+      </c>
+      <c r="H6" t="s">
+        <v>173</v>
+      </c>
+      <c r="I6" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>150</v>
+      </c>
+      <c r="B7" t="s">
+        <v>174</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>175</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>176</v>
+      </c>
+      <c r="H7" t="s">
+        <v>177</v>
+      </c>
+      <c r="I7" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>150</v>
+      </c>
+      <c r="B8" t="s">
+        <v>178</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>179</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>180</v>
+      </c>
+      <c r="H8" t="s">
+        <v>181</v>
+      </c>
+      <c r="I8" t="s">
+        <v>155</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:V5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>182</v>
+      </c>
+      <c r="J1" t="s">
+        <v>183</v>
+      </c>
+      <c r="K1" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>185</v>
+      </c>
+      <c r="B2" t="s">
+        <v>186</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>188</v>
+      </c>
+      <c r="H2" t="s">
+        <v>189</v>
+      </c>
+      <c r="I2" t="s">
+        <v>190</v>
+      </c>
+      <c r="J2" t="s">
+        <v>191</v>
+      </c>
+      <c r="K2" t="s">
+        <v>192</v>
+      </c>
+      <c r="L2" t="s">
+        <v>193</v>
+      </c>
+      <c r="M2" t="s">
+        <v>194</v>
+      </c>
+      <c r="N2" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>198</v>
+      </c>
+      <c r="H3" t="s">
+        <v>199</v>
+      </c>
+      <c r="I3" t="s">
+        <v>190</v>
       </c>
       <c r="J3" t="s">
-        <v>31</v>
+        <v>200</v>
       </c>
       <c r="K3" t="s">
-        <v>49</v>
+        <v>201</v>
       </c>
       <c r="L3" t="s">
-        <v>50</v>
+        <v>202</v>
+      </c>
+      <c r="M3" t="s">
+        <v>203</v>
+      </c>
+      <c r="N3" t="s">
+        <v>204</v>
+      </c>
+      <c r="O3" t="s">
+        <v>205</v>
+      </c>
+      <c r="P3" t="s">
+        <v>206</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>207</v>
+      </c>
+      <c r="R3" t="s">
+        <v>208</v>
+      </c>
+      <c r="S3" t="s">
+        <v>209</v>
+      </c>
+      <c r="T3" t="s">
+        <v>210</v>
+      </c>
+      <c r="U3" t="s">
+        <v>211</v>
+      </c>
+      <c r="V3" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>185</v>
+      </c>
+      <c r="B4" t="s">
+        <v>213</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>214</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>215</v>
+      </c>
+      <c r="H4" t="s">
+        <v>216</v>
+      </c>
+      <c r="I4" t="s">
+        <v>217</v>
+      </c>
+      <c r="J4" t="s">
+        <v>200</v>
+      </c>
+      <c r="K4" t="s">
+        <v>218</v>
+      </c>
+      <c r="L4" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>185</v>
+      </c>
+      <c r="B5" t="s">
+        <v>220</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>221</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H5" t="s">
+        <v>223</v>
+      </c>
+      <c r="I5" t="s">
+        <v>190</v>
+      </c>
+      <c r="J5" t="s">
+        <v>224</v>
+      </c>
+      <c r="K5" t="s">
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>226</v>
+      </c>
+      <c r="B2" t="s">
+        <v>227</v>
+      </c>
+      <c r="C2" t="s">
+        <v>228</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>230</v>
+      </c>
+      <c r="H2" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B3" t="s">
+        <v>232</v>
+      </c>
+      <c r="C3" t="s">
+        <v>233</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>235</v>
+      </c>
+      <c r="H3" t="s">
+        <v>236</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>