--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -1,832 +1,244 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="382" uniqueCount="237">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 11:10:00</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Syndrome catatonique</t>
-[...443 lines deleted...]
-    <t>pprd_2984111</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>ZYPREXA (olanzapine)</t>
+  </si>
+  <si>
+    <t>11/13/2018 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983041/en/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>pprd_2983041</t>
   </si>
   <si>
     <t>olanzapine</t>
   </si>
   <si>
-    <t>ARROW GENERIQUES/ BIOGARAN/ SANDOZ</t>
-[...25 lines deleted...]
-  <si>
     <t>LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399018/fr/zyprexa-velotab-5-mg-comprime-orodispersible-zyprexa-velotab-10-mg-comprime-orodispersible-zyprexa-velotab-15-mg-comprime-orodispersible-zyprexa-velotab-20-mg-comprime-orodispersible-boites-de-28</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2881410/fr/zyprexa-olanzapine</t>
+    <t>https://www.has-sante.fr/jcms/c_399018/en/zyprexa-velotab-5-mg-comprime-orodispersible-zyprexa-velotab-10-mg-comprime-orodispersible-zyprexa-velotab-15-mg-comprime-orodispersible-zyprexa-velotab-20-mg-comprime-orodispersible-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399308/en/zyprexa-10-mg-poudre-pour-solution-injectable-boites-de-1-et-10-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399309/en/zyprexa-velotab-5-mg-comprime-orodispersible-zyprexa-velotab-10-mg-comprime-orodispersible-zyprexa-velotab-15-mg-comprime-orodispersible-zyprexa-velotab-20-mg-comprime-orodispersible-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399602/en/zyprexa-5-mg-boites-de-28-comprimes-enrobes-zyprexa-7-5-mg-boites-de-56-comprimes-enrobes-zyprexa-10-mg-boites-de-28-et-56-comprimes-enrobes-zyprexa-7-5-mg-28-comprimes-enrobes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399718/en/zyprexa-5-mg-comprime-enrobe-boite-de-28-zyprexa-7-5-mg-comprime-enrobe-boite-de-28-et-56-zyprexa-10-mg-comprime-enrobe-boite-de-28-et-56-zyprexa-velotab-5-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-10-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-15-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-20-mg-comprime-orodispersible-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399952/en/zyprexa-10-mg-poudre-pour-solution-injectable-boite-de-1-et-10-flacons-zyprexa-10-mg-poudre-et-solvant-pour-solution-injectable-etui-de-1-flacon-1-seringue-pre-remplie-de-solvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400018/en/zyprexa-5-mg-comprime-enrobe-boite-de-28-zyprexa-7-5-mg-comprime-enrobe-boite-de-28-et-boite-de-56-zyprexa-10-mg-comprime-enrobe-boite-de-28-zyprexa-velotab-5-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-10-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-15-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-20-mg-comprime-orodispersible-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400959/en/zyprexa-velotab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555588/en/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242837/en/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241672/en/zyprexa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881410/en/zyprexa-olanzapine</t>
   </si>
   <si>
     <t>ZYPADHERA (pamoate monohydraté d'olanzapine/ olanzapine (pamoate d') monohydraté)</t>
   </si>
   <si>
-    <t>13/11/2018 16:31:24</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983043/fr/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
+    <t>11/13/2018 16:31:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983043/en/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
   </si>
   <si>
     <t>pprd_2983043</t>
   </si>
   <si>
     <t>pamoate monohydraté d'olanzapine,olanzapine (pamoate d') monohydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_866771/fr/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
-[...53 lines deleted...]
-    <t>c_2906074</t>
+    <t>https://www.has-sante.fr/jcms/c_866771/en/zypadhera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881401/en/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -840,1279 +252,198 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3">
-[...284 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:V3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K1" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="B2" t="s">
-        <v>73</v>
+        <v>19</v>
       </c>
       <c r="C2" t="s">
-        <v>74</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>75</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>78</v>
+        <v>22</v>
+      </c>
+      <c r="I2" t="s">
+        <v>23</v>
+      </c>
+      <c r="J2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K2" t="s">
+        <v>25</v>
+      </c>
+      <c r="L2" t="s">
+        <v>26</v>
+      </c>
+      <c r="M2" t="s">
+        <v>27</v>
+      </c>
+      <c r="N2" t="s">
+        <v>28</v>
+      </c>
+      <c r="O2" t="s">
+        <v>29</v>
+      </c>
+      <c r="P2" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>31</v>
+      </c>
+      <c r="R2" t="s">
+        <v>32</v>
+      </c>
+      <c r="S2" t="s">
+        <v>33</v>
+      </c>
+      <c r="T2" t="s">
+        <v>34</v>
+      </c>
+      <c r="U2" t="s">
+        <v>35</v>
+      </c>
+      <c r="V2" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="B3" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="C3" t="s">
-        <v>80</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>82</v>
+        <v>38</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>83</v>
+        <v>39</v>
       </c>
       <c r="H3" t="s">
-        <v>84</v>
-[...383 lines deleted...]
-        <v>160</v>
+        <v>40</v>
       </c>
       <c r="I3" t="s">
-        <v>155</v>
-[...266 lines deleted...]
-        <v>190</v>
+        <v>41</v>
       </c>
       <c r="J3" t="s">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="K3" t="s">
-        <v>201</v>
+        <v>42</v>
       </c>
       <c r="L3" t="s">
-        <v>202</v>
-[...102 lines deleted...]
-        <v>225</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-[...90 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>