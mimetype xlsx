--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -21,86 +21,116 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
     <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="366" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="382" uniqueCount="237">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
     <t>Syndrome neurodéveloppemental lié à SETD5</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome SETD5. Il a été élaboré par le Centre de Compétence PsyRare (Maladies Rares à Expression Psychiatrique) et le Centre de Référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>04/09/2025 17:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643716/fr/syndrome-neurodeveloppemental-lie-a-setd5</t>
   </si>
   <si>
     <t>p_3643716</t>
   </si>
   <si>
     <t>ALD n° 23 - Troubles bipolaires</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>23/01/2025 00:00:00</t>
   </si>
   <si>
     <t>31/01/2025 14:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_849818/fr/ald-n-23-troubles-bipolaires</t>
   </si>
@@ -752,51 +782,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -821,103 +851,103 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
@@ -1029,1008 +1059,1060 @@
       </c>
       <c r="E10" t="s">
         <v>53</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>54</v>
       </c>
       <c r="H10" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
       <c r="C11" t="s">
         <v>57</v>
       </c>
       <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>58</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>59</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>60</v>
       </c>
-      <c r="H11" t="s">
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
         <v>61</v>
+      </c>
+      <c r="C12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>68</v>
+      </c>
+      <c r="E13" t="s">
+        <v>69</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B2" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="C2" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="D2" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="E2" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="H2" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B3" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="C3" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="D3" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="E3" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="H3" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B4" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="C4" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D4" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="E4" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="H4" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B5" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="C5" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D5" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="E5" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="H5" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B6" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="C6" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="D6" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="E6" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="H6" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B7" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="C7" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="D7" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E7" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="H7" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B8" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="C8" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="D8" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="E8" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="H8" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B9" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="C9" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="D9" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="E9" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="H9" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B10" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="C10" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="D10" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="E10" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="H10" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B11" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="C11" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="D11" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E11" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="H11" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B12" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="C12" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="D12" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E12" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="H12" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B13" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="C13" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="D13" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="E13" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="H13" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B14" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="C14" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="D14" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="E14" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="H14" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="B2" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="H2" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="I2" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="B3" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="C3" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="H3" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="I3" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="B4" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="C4" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="H4" t="s">
+        <v>165</v>
+      </c>
+      <c r="I4" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="B5" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="H5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="I5" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="B6" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="H6" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="I6" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="B7" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="H7" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="I7" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="B8" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="H8" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="I8" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:V5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="J1" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="K1" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="B2" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="H2" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="I2" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="J2" t="s">
-        <v>181</v>
+        <v>191</v>
       </c>
       <c r="K2" t="s">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="L2" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="M2" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="N2" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="B3" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="H3" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="I3" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="J3" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="K3" t="s">
-        <v>191</v>
+        <v>201</v>
       </c>
       <c r="L3" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="M3" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="N3" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="O3" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="P3" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
       <c r="Q3" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="R3" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="S3" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="T3" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="U3" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="V3" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="B4" t="s">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="H4" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="I4" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="J4" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="K4" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
       <c r="L4" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="B5" t="s">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>211</v>
+        <v>221</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="H5" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="I5" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="J5" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="K5" t="s">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="B2" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="C2" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="H2" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="B3" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="C3" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="H3" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>