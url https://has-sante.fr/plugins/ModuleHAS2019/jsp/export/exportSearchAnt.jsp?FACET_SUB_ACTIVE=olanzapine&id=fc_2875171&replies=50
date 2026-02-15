--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,832 +1,268 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="382" uniqueCount="237">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="51">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Syndrome catatonique</t>
-[...212 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Dangerosité psychiatrique : étude et évaluation des facteurs de risque de violence hétéro-agressive chez les personnes ayant des troubles schizophréniques ou des troubles de l’humeur</t>
-[...224 lines deleted...]
-    <t>pprd_2984111</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>ZYPREXA (olanzapine)</t>
+  </si>
+  <si>
+    <t>11/13/2018 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983041/en/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>pprd_2983041</t>
   </si>
   <si>
     <t>olanzapine</t>
   </si>
   <si>
-    <t>ARROW GENERIQUES/ BIOGARAN/ SANDOZ</t>
-[...25 lines deleted...]
-  <si>
     <t>LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399018/fr/zyprexa-velotab-5-mg-comprime-orodispersible-zyprexa-velotab-10-mg-comprime-orodispersible-zyprexa-velotab-15-mg-comprime-orodispersible-zyprexa-velotab-20-mg-comprime-orodispersible-boites-de-28</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2881410/fr/zyprexa-olanzapine</t>
+    <t>https://www.has-sante.fr/jcms/c_399018/en/zyprexa-velotab-5-mg-comprime-orodispersible-zyprexa-velotab-10-mg-comprime-orodispersible-zyprexa-velotab-15-mg-comprime-orodispersible-zyprexa-velotab-20-mg-comprime-orodispersible-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399308/en/zyprexa-10-mg-poudre-pour-solution-injectable-boites-de-1-et-10-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399309/en/zyprexa-velotab-5-mg-comprime-orodispersible-zyprexa-velotab-10-mg-comprime-orodispersible-zyprexa-velotab-15-mg-comprime-orodispersible-zyprexa-velotab-20-mg-comprime-orodispersible-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399602/en/zyprexa-5-mg-boites-de-28-comprimes-enrobes-zyprexa-7-5-mg-boites-de-56-comprimes-enrobes-zyprexa-10-mg-boites-de-28-et-56-comprimes-enrobes-zyprexa-7-5-mg-28-comprimes-enrobes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399718/en/zyprexa-5-mg-comprime-enrobe-boite-de-28-zyprexa-7-5-mg-comprime-enrobe-boite-de-28-et-56-zyprexa-10-mg-comprime-enrobe-boite-de-28-et-56-zyprexa-velotab-5-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-10-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-15-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-20-mg-comprime-orodispersible-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399952/en/zyprexa-10-mg-poudre-pour-solution-injectable-boite-de-1-et-10-flacons-zyprexa-10-mg-poudre-et-solvant-pour-solution-injectable-etui-de-1-flacon-1-seringue-pre-remplie-de-solvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400018/en/zyprexa-5-mg-comprime-enrobe-boite-de-28-zyprexa-7-5-mg-comprime-enrobe-boite-de-28-et-boite-de-56-zyprexa-10-mg-comprime-enrobe-boite-de-28-zyprexa-velotab-5-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-10-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-15-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-20-mg-comprime-orodispersible-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400959/en/zyprexa-velotab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555588/en/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242837/en/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241672/en/zyprexa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881410/en/zyprexa-olanzapine</t>
   </si>
   <si>
     <t>ZYPADHERA (pamoate monohydraté d'olanzapine/ olanzapine (pamoate d') monohydraté)</t>
   </si>
   <si>
-    <t>13/11/2018 16:31:24</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983043/fr/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
+    <t>11/13/2018 16:31:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983043/en/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
   </si>
   <si>
     <t>pprd_2983043</t>
   </si>
   <si>
     <t>pamoate monohydraté d'olanzapine,olanzapine (pamoate d') monohydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_866771/fr/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
-[...53 lines deleted...]
-    <t>c_2906074</t>
+    <t>https://www.has-sante.fr/jcms/c_866771/en/zypadhera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881401/en/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -840,1279 +276,264 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3">
-[...284 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>73</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>76</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>78</v>
-[...311 lines deleted...]
-        <v>148</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I8"/>
+  <dimension ref="A1:V3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>149</v>
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+      <c r="K1" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="B2" t="s">
-        <v>151</v>
+        <v>26</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>152</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>153</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="I2" t="s">
-        <v>155</v>
+        <v>30</v>
+      </c>
+      <c r="J2" t="s">
+        <v>31</v>
+      </c>
+      <c r="K2" t="s">
+        <v>32</v>
+      </c>
+      <c r="L2" t="s">
+        <v>33</v>
+      </c>
+      <c r="M2" t="s">
+        <v>34</v>
+      </c>
+      <c r="N2" t="s">
+        <v>35</v>
+      </c>
+      <c r="O2" t="s">
+        <v>36</v>
+      </c>
+      <c r="P2" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>38</v>
+      </c>
+      <c r="R2" t="s">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s">
+        <v>40</v>
+      </c>
+      <c r="T2" t="s">
+        <v>41</v>
+      </c>
+      <c r="U2" t="s">
+        <v>42</v>
+      </c>
+      <c r="V2" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>156</v>
+        <v>44</v>
       </c>
       <c r="C3" t="s">
-        <v>157</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>158</v>
+        <v>45</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>159</v>
+        <v>46</v>
       </c>
       <c r="H3" t="s">
-        <v>160</v>
+        <v>47</v>
       </c>
       <c r="I3" t="s">
-        <v>155</v>
-[...266 lines deleted...]
-        <v>190</v>
+        <v>48</v>
       </c>
       <c r="J3" t="s">
-        <v>200</v>
+        <v>31</v>
       </c>
       <c r="K3" t="s">
-        <v>201</v>
+        <v>49</v>
       </c>
       <c r="L3" t="s">
-        <v>202</v>
-[...102 lines deleted...]
-        <v>225</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...90 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>