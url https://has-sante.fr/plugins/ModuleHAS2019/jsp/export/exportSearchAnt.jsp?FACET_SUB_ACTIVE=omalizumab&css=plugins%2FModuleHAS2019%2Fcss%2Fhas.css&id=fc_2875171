--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,381 +1,2086 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="389" uniqueCount="213">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>01/28/2016 10:16:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ALAIR</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>26/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2019 08:52:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961583/fr/alair</t>
+  </si>
+  <si>
+    <t>c_2961583</t>
+  </si>
+  <si>
+    <t>Cathéter de thermoplastie bronchique</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Pemphigoïde de la grossesse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de pemphigoïde de la grossesse. Il a été élaboré par les centres de référence des maladies bulleuses auto-immunes MALIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636262/fr/pemphigoide-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>c_2636262</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Angioedème héréditaire : diagnostic et prise en charge chez l'adulte et chez l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'AOH. Il a été élaboré par Centre de référence des Angioedèmes (CREAK) sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297816/fr/angioedeme-hereditaire-diagnostic-et-prise-en-charge-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3297816</t>
+  </si>
+  <si>
+    <t>La kératoconjonctivite vernale KCV</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une kératoconjonctivite vernale. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382572/fr/la-keratoconjonctivite-vernale-kcv</t>
+  </si>
+  <si>
+    <t>p_3382572</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Œsophagite à éosinophiles chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant une OE. Il a été élaboré par le Centre de référence des affections chroniques et malformatives de l’œsophage (CRACMO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358054/fr/oesophagite-a-eosinophiles-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3358054</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Fiche BUM - Dupixent®, Fasenra®, Nucala®, Tezspire® et Xolair® dans le traitement de l’asthme sévère</t>
+  </si>
+  <si>
+    <t>Fiche bon usage des médicaments - Traitement de l'asthme sévère</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473151/fr/fiche-bum-dupixent-fasenra-nucala-tezspire-et-xolair-dans-le-traitement-de-l-asthme-severe</t>
+  </si>
+  <si>
+    <t>p_3473151</t>
+  </si>
+  <si>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983547/en/xolair</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 août 2024</t>
+  </si>
+  <si>
+    <t>23/08/2024 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3537446/fr/commission-de-la-transparence-reunion-du-28-aout-2024</t>
+  </si>
+  <si>
+    <t>p_3537446</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2024</t>
+  </si>
+  <si>
+    <t>14/05/2024 18:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517111/fr/commission-de-la-transparence-reunion-du-15-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3517111</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29 février 2024</t>
+  </si>
+  <si>
+    <t>29/02/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498509/fr/college-deliberatif-du-29-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3498509</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 9 novembre 2023</t>
+  </si>
+  <si>
+    <t>15/02/2024 12:14:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495440/fr/college-deliberatif-du-9-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3495440</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 9 novembre 2023</t>
+  </si>
+  <si>
+    <t>06/02/2024 09:56:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493219/fr/pv-du-college-deliberatif-du-9-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3493219</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 octobre 2023</t>
+  </si>
+  <si>
+    <t>11/10/2023 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467505/fr/commission-de-la-transparence-reunion-du-18-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3467505</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 Novembre 2022</t>
+  </si>
+  <si>
+    <t>24/11/2022 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390380/fr/commission-de-la-transparence-reunion-du-30-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3390380</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 juillet 2019</t>
+  </si>
+  <si>
+    <t>18/07/2019 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076426/fr/college-deliberatif-du-4-juillet-2019</t>
+  </si>
+  <si>
+    <t>p_3076426</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 26 mars 2019</t>
+  </si>
+  <si>
+    <t>20/03/2019 14:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2910234/fr/cnedimts-reunion-du-26-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2910234</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2017</t>
+  </si>
+  <si>
+    <t>12/07/2017 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780783/fr/commission-de-la-transparence-reunion-du-19-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2780783</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22 février 2017</t>
+  </si>
+  <si>
+    <t>17/02/2017 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746142/fr/college-deliberatif-du-22-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2746142</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2016</t>
+  </si>
+  <si>
+    <t>01/06/2016 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635082/fr/commission-de-la-transparence-reunion-du-8-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2635082</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 avril 2015</t>
+  </si>
+  <si>
+    <t>09/04/2015 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025601/fr/commission-de-la-transparence-reunion-du-15-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2025601</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1 avril 2015</t>
+  </si>
+  <si>
+    <t>25/03/2015 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022641/fr/commission-de-la-transparence-reunion-du-1-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2022641</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 janvier 2015</t>
+  </si>
+  <si>
+    <t>31/12/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2004258/fr/commission-de-la-transparence-reunion-du-7-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2004258</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 mai 2012</t>
+  </si>
+  <si>
+    <t>23/05/2012 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1249262/fr/commission-de-la-transparence-reunion-du-23-mai-2012</t>
+  </si>
+  <si>
+    <t>c_1249262</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 décembre 2009</t>
+  </si>
+  <si>
+    <t>02/12/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_887416/fr/commission-de-la-transparence-reunion-du-2-decembre-2009</t>
+  </si>
+  <si>
+    <t>c_887416</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0049/DC/SEM du 29 février 2024 du collège de la Haute Autorité de santé portant adoption de la fiche de bon usage du médicament intitulée « Dupixent® (dupilumab), Fasenra® (benralizumab), Nucala® (mépolizumab), Tezspire® (tézépélumab) et Xolair® (omalizumab) dans le traitement de l’asthme sévère »</t>
+  </si>
+  <si>
+    <t>Fiche de Bon Usage du Médicament pour les spécialités : DUPIXENT - FASENRA - NUCALA - TEZPIRE - XOLAIR dans le traitement de l’asthme sévère</t>
+  </si>
+  <si>
+    <t>29/02/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>04/03/2024 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498994/fr/decision-n2024-0049/dc/sem-du-29-fevrier-2024-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-fiche-de-bon-usage-du-medicament-intitulee-dupixent-dupilumab-fasenra-benralizumab-nucala-mepolizumab-tezspire-tezepelumab-et-xolair-omalizumab-dans-le-traitement-de-l-asthme-severe</t>
+  </si>
+  <si>
+    <t>p_3498994</t>
+  </si>
+  <si>
+    <t>Décision n°2019.0136/DC/SEM du 4 juillet 2019 du collège de la Haute Autorité de santé portant adoption d’une fiche de bon usage du médicament</t>
+  </si>
+  <si>
+    <t>La fiche de bon usage du médicament intitulée « Xolair (omalizumab) dans le traitement de l’asthme sévère», ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>04/07/2019 14:39:00</t>
+  </si>
+  <si>
+    <t>29/08/2019 09:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076797/fr/decision-n2019-0136/dc/sem-du-4-juillet-2019-du-college-de-la-haute-autorite-de-sante-portant-adoption-d-une-fiche-de-bon-usage-du-medicament</t>
+  </si>
+  <si>
+    <t>p_3076797</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0028/DC/SEM du 21 février 2018 du collège de la Haute Autorité de santé portant adoption d’une recommandation sur les allergènes préparés spécialement pour un seul individu (APSI)</t>
+  </si>
+  <si>
+    <t>La recommandation intitulée « Allergènes préparés spécialement pour un seul individu », ci-jointe, est adoptée. ---++++ Recommandations Considérant : * le projet de recommandation de la commission de la Transparence fondé sur l’analyse de la littérature, les données fournies par les 2 laboratoires concernés, l’audition d’experts et de parties prenantes, * l’audition des 2 laboratoires concernés, * les observations transmises à la HAS dans le cadre d’une consultation publique, le Collège estime que : * les APSI concernent des allergies qui peuvent dégrader la qualité de vie en raison des perturbations qu'elles entraînent, voire, dans le cas de l’asthme, entrainer de rares complications à prendre en charge en urgence, * les données disponibles montrent une efficacité des APSI faible et mal démontrée, * les APSI ne présentent que des effets indésirables généralement bénins mais la voie sous cutanée peut entrainer des effets indésirables graves plus fréquemment que la voie sublinguale, * la place des APSI, eu égard aux alternatives thérapeutiques (ACARIZAX, GRAZAX ou ORALAIR), devrait être en deuxième intention, après les traitements symptomatiques médicamenteux, ou en troisième intention (lorsque ces alternatives peuvent être utilisées), * malgré l’importance de la population concernée et en l’état actuel des données, les APSI ne sont pas susceptibles d’avoir un intérêt pour la santé publique. En conséquence, le Collège recommande que les modalités de prise en charge des APSI soient harmonisées sur celles de leurs alternatives thérapeutiques, à l’exception des formes injectables qui ne devraient pas relever d’une prise en charge par la solidarité nationale. Dans le cas d’une décision de modification des conditions de remboursement, au vu des possibles difficultés financières auxquelles seraient confrontés les patients en cours de traitement, les traitements pouvant être pluriannuels, le Collège recommande des modalités particulières d’application de la décision permettant d’assurer la continuité des soins engagés. Par ailleurs, le Collège prend note que, lors des auditions, les industriels concernés ont proposé de nouvelles études avec pour objectif de démontrer l’impact clinique d’un traitement par APSI. En conséquence, le Collège souhaite réévaluer ces produits dans un délai maximal de 5 ans, espérant que ces études répondront aux qualités méthodologiques actuelles qui permettront de conclure.</t>
+  </si>
+  <si>
+    <t>21/02/2018 15:37:00</t>
+  </si>
+  <si>
+    <t>27/03/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2832239/fr/decision-n-2018-0028/dc/sem-du-21-fevrier-2018-du-college-de-la-haute-autorite-de-sante-portant-adoption-d-une-recommandation-sur-les-allergenes-prepares-specialement-pour-un-seul-individu-apsi</t>
+  </si>
+  <si>
+    <t>c_2832239</t>
+  </si>
+  <si>
+    <t>Décision n°2017.0178/DC/SEM du 13 décembre 2017 du collège de la Haute Autorité de santé portant adoption d’un projet de recommandation sur les allergènes préparés spécialement pour un seul individu (APSI), en vue de sa publication pour consultation publique</t>
+  </si>
+  <si>
+    <t>Le projet de recommandation, intitulé « Allergènes préparés spécialement pour un seul individu », ci-joint, est adopté, en vue de sa publication pour consultation publique.</t>
+  </si>
+  <si>
+    <t>13/12/2017 14:15:00</t>
+  </si>
+  <si>
+    <t>14/12/2017 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2812602/fr/decision-n2017-0178/dc/sem-du-13-decembre-2017-du-college-de-la-haute-autorite-de-sante-portant-adoption-d-un-projet-de-recommandation-sur-les-allergenes-prepares-specialement-pour-un-seul-individu-apsi-en-vue-de-sa-publication-pour-consultation-publique</t>
+  </si>
+  <si>
+    <t>c_2812602</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>XOLAIR (omalizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:27:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983547/fr/xolair-omalizumab</t>
   </si>
   <si>
     <t>pprd_2983547</t>
   </si>
   <si>
     <t>omalizumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_923055/en/xolair</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539102/en/xolair-omalizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_923055/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400838/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277888/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031554/fr/xolair-omalizumab-anti-ige</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788633/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182802/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471697/fr/xolair-omalizumab-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487904/fr/xolair-omalizumab-polypose-naso-sinusienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519011/fr/xolair-omalizumab-asthme-allergique-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539102/fr/xolair-omalizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>28</v>
+      </c>
+      <c r="H3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
+        <v>55</v>
+      </c>
+      <c r="C9" t="s">
+        <v>56</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>57</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>58</v>
+      </c>
+      <c r="H9" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H10" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" t="s">
+        <v>66</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>72</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>73</v>
+      </c>
+      <c r="H12" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>77</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>78</v>
+      </c>
+      <c r="H13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
+        <v>81</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>83</v>
+      </c>
+      <c r="H14" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>90</v>
+      </c>
+      <c r="H2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D3" t="s">
+        <v>94</v>
+      </c>
+      <c r="E3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>96</v>
+      </c>
+      <c r="H3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>102</v>
+      </c>
+      <c r="H2" t="s">
+        <v>103</v>
+      </c>
+      <c r="I2" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>107</v>
+      </c>
+      <c r="H3" t="s">
+        <v>108</v>
+      </c>
+      <c r="I3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>110</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>111</v>
+      </c>
+      <c r="H4" t="s">
+        <v>112</v>
+      </c>
+      <c r="I4" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>99</v>
+      </c>
+      <c r="B5" t="s">
+        <v>113</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>114</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>115</v>
+      </c>
+      <c r="H5" t="s">
+        <v>116</v>
+      </c>
+      <c r="I5" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>99</v>
+      </c>
+      <c r="B6" t="s">
+        <v>117</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>118</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>119</v>
+      </c>
+      <c r="H6" t="s">
+        <v>120</v>
+      </c>
+      <c r="I6" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>99</v>
+      </c>
+      <c r="B7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>122</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>123</v>
+      </c>
+      <c r="H7" t="s">
+        <v>124</v>
+      </c>
+      <c r="I7" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>99</v>
+      </c>
+      <c r="B8" t="s">
+        <v>125</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>126</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>127</v>
+      </c>
+      <c r="H8" t="s">
+        <v>128</v>
+      </c>
+      <c r="I8" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>99</v>
+      </c>
+      <c r="B9" t="s">
+        <v>129</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>130</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>131</v>
+      </c>
+      <c r="H9" t="s">
+        <v>132</v>
+      </c>
+      <c r="I9" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>99</v>
+      </c>
+      <c r="B10" t="s">
+        <v>133</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>134</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>135</v>
+      </c>
+      <c r="H10" t="s">
+        <v>136</v>
+      </c>
+      <c r="I10" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B11" t="s">
+        <v>137</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>138</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>139</v>
+      </c>
+      <c r="H11" t="s">
+        <v>140</v>
+      </c>
+      <c r="I11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>141</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>142</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>143</v>
+      </c>
+      <c r="H12" t="s">
+        <v>144</v>
+      </c>
+      <c r="I12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>145</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>146</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>147</v>
+      </c>
+      <c r="H13" t="s">
+        <v>148</v>
+      </c>
+      <c r="I13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>149</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>150</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>151</v>
+      </c>
+      <c r="H14" t="s">
+        <v>152</v>
+      </c>
+      <c r="I14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>153</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>154</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>155</v>
+      </c>
+      <c r="H15" t="s">
+        <v>156</v>
+      </c>
+      <c r="I15" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B16" t="s">
+        <v>157</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>158</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>159</v>
+      </c>
+      <c r="H16" t="s">
+        <v>160</v>
+      </c>
+      <c r="I16" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>99</v>
+      </c>
+      <c r="B17" t="s">
+        <v>161</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>162</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>163</v>
+      </c>
+      <c r="H17" t="s">
+        <v>164</v>
+      </c>
+      <c r="I17" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" t="s">
+        <v>165</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>166</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>167</v>
+      </c>
+      <c r="H18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I18" t="s">
+        <v>104</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>169</v>
+      </c>
+      <c r="B2" t="s">
+        <v>170</v>
+      </c>
+      <c r="C2" t="s">
+        <v>171</v>
+      </c>
+      <c r="D2" t="s">
+        <v>172</v>
+      </c>
+      <c r="E2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>174</v>
+      </c>
+      <c r="H2" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C3" t="s">
+        <v>177</v>
+      </c>
+      <c r="D3" t="s">
+        <v>178</v>
+      </c>
+      <c r="E3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>180</v>
+      </c>
+      <c r="H3" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>169</v>
+      </c>
+      <c r="B4" t="s">
+        <v>182</v>
+      </c>
+      <c r="C4" t="s">
+        <v>183</v>
+      </c>
+      <c r="D4" t="s">
+        <v>184</v>
+      </c>
+      <c r="E4" t="s">
+        <v>185</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>186</v>
+      </c>
+      <c r="H4" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>169</v>
+      </c>
+      <c r="B5" t="s">
+        <v>188</v>
+      </c>
+      <c r="C5" t="s">
+        <v>189</v>
+      </c>
+      <c r="D5" t="s">
+        <v>190</v>
+      </c>
+      <c r="E5" t="s">
+        <v>191</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>192</v>
+      </c>
+      <c r="H5" t="s">
+        <v>193</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>194</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>197</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>198</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>199</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>200</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>201</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>202</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>203</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>204</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>205</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>207</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>208</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>209</v>
       </c>
       <c r="R2" t="s">
-        <v>33</v>
+        <v>210</v>
       </c>
       <c r="S2" t="s">
-        <v>34</v>
+        <v>211</v>
       </c>
       <c r="T2" t="s">
-        <v>35</v>
+        <v>212</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>