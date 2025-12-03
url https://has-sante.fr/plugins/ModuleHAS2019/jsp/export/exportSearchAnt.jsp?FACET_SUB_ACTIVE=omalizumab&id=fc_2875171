--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,2045 +1,381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="381" uniqueCount="208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="36">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ALAIR</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>26/03/2019 00:00:00</t>
-[...233 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...302 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983547/fr/xolair-omalizumab</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>XOLAIR</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:27:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983547/en/xolair</t>
   </si>
   <si>
     <t>pprd_2983547</t>
   </si>
   <si>
     <t>omalizumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_923055/fr/xolair-omalizumab</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539102/fr/xolair-omalizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_923055/en/xolair</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400838/en/xolair</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277888/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031554/en/xolair-omalizumab-anti-ige</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788633/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182802/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471697/en/xolair-omalizumab-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487904/en/xolair-omalizumab-polypose-naso-sinusienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519011/en/xolair-omalizumab-asthme-allergique-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539102/en/xolair-omalizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...359 lines deleted...]
-        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...771 lines deleted...]
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>189</v>
+        <v>16</v>
       </c>
       <c r="J1" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>190</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>191</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>192</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>193</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>194</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>195</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>196</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>197</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>198</v>
+        <v>26</v>
       </c>
       <c r="L2" t="s">
-        <v>199</v>
+        <v>27</v>
       </c>
       <c r="M2" t="s">
-        <v>200</v>
+        <v>28</v>
       </c>
       <c r="N2" t="s">
-        <v>201</v>
+        <v>29</v>
       </c>
       <c r="O2" t="s">
-        <v>202</v>
+        <v>30</v>
       </c>
       <c r="P2" t="s">
-        <v>203</v>
+        <v>31</v>
       </c>
       <c r="Q2" t="s">
-        <v>204</v>
+        <v>32</v>
       </c>
       <c r="R2" t="s">
-        <v>205</v>
+        <v>33</v>
       </c>
       <c r="S2" t="s">
-        <v>206</v>
+        <v>34</v>
       </c>
       <c r="T2" t="s">
-        <v>207</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>