--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="389" uniqueCount="213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="397" uniqueCount="218">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -84,50 +84,65 @@
     <t>ALAIR</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>26/03/2019 00:00:00</t>
   </si>
   <si>
     <t>08/04/2019 08:52:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2961583/fr/alair</t>
   </si>
   <si>
     <t>c_2961583</t>
   </si>
   <si>
     <t>Cathéter de thermoplastie bronchique</t>
   </si>
   <si>
     <t>BOSTON SCIENTIFIC SAS</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites associées aux ANCA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Vascularites associées aux ANCA. Il a été élaboré sous l’égide du Groupe Français d’Etude des Vascularites et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/03/2026 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858403/fr/vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3858403</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Mastocytoses avancées de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/07/2025 17:21:00</t>
   </si>
@@ -791,51 +806,51 @@
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1159,928 +1174,954 @@
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14" t="s">
         <v>80</v>
       </c>
       <c r="C14" t="s">
         <v>81</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
         <v>82</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>83</v>
       </c>
       <c r="H14" t="s">
         <v>84</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15" t="s">
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>87</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>88</v>
+      </c>
+      <c r="H15" t="s">
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="D2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="E2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="H2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="E3" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="H3" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B2" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="H2" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="I2" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B3" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="H3" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="I3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>115</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>116</v>
+      </c>
+      <c r="H4" t="s">
+        <v>117</v>
+      </c>
+      <c r="I4" t="s">
         <v>109</v>
-      </c>
-[...19 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B5" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="H5" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="I5" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B6" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H6" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="I6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B7" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="H7" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="I7" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B8" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="H8" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="I8" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B9" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="H9" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="I9" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B10" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="H10" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="I10" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B11" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="H11" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="I11" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="H12" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="I12" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B13" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="H13" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="I13" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B14" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H14" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="I14" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B15" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="H15" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="I15" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B16" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="H16" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="I16" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B17" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="H17" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="I17" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B18" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="H18" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="I18" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D2" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="E2" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="H2" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B3" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C3" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="D3" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E3" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="H3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B4" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C4" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="D4" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="E4" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="H4" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B5" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="C5" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="D5" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E5" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="H5" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="B2" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="H2" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="I2" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="J2" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="K2" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="L2" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="M2" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="N2" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="O2" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="P2" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="Q2" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="R2" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="S2" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="T2" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>