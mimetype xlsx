--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,173 +1,380 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="87">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 8 février 2024</t>
+  </si>
+  <si>
+    <t>08/02/2024 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493999/fr/college-deliberatif-du-8-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3493999</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2018</t>
+  </si>
+  <si>
+    <t>11/04/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843604/fr/commission-de-la-transparence-reunion-du-18-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2843604</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juin 2016</t>
+  </si>
+  <si>
+    <t>15/06/2016 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639159/fr/commission-de-la-transparence-reunion-du-22-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2639159</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>04/11/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568255/fr/commission-de-la-transparence-reunion-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 janvier 2014</t>
+  </si>
+  <si>
+    <t>29/01/2014 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715235/fr/commission-de-la-transparence-reunion-du-8-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1715235</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Rapports d'activité 2024 des commissions et conseil de la HAS</t>
+  </si>
+  <si>
+    <t>La HAS publie son rapport d'activité 2024 ainsi que ceux de ses commissions et conseil (CT, la CNEDiMTS, la CEESP, la CTV, la CSMS, la CEDiag, la CCES, la CRPPI et du CEU). Une année 2024 qui marque un temps fort pour notre institution : ses 20 ans d’existence. Deux décennies d’engagement au service de la qualité des soins et des accompagnements, pendant lesquelles la HAS a su adapter ses missions et ses méthodes pour répondre aux transformations du système de santé, tout en préservant sa double exigence de rigueur scientifique et d’indépendance.</t>
+  </si>
+  <si>
+    <t>10/04/2025 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349687/fr/rapports-d-activite-2024-des-commissions-et-conseil-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3349687</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -188,67 +395,597 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="H3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" t="s">
+        <v>63</v>
+      </c>
+      <c r="I2" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>70</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>71</v>
+      </c>
+      <c r="H4" t="s">
+        <v>72</v>
+      </c>
+      <c r="I4" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>59</v>
+      </c>
+      <c r="B5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>74</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>75</v>
+      </c>
+      <c r="H5" t="s">
+        <v>76</v>
+      </c>
+      <c r="I5" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>77</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>78</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>79</v>
+      </c>
+      <c r="H6" t="s">
+        <v>80</v>
+      </c>
+      <c r="I6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H2" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>