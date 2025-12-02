--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="457" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="466" uniqueCount="235">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -323,63 +323,75 @@
   <si>
     <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du canal anal</t>
   </si>
   <si>
     <t>Ce rapport présente l'évaluation de la HAS concernant l'utilisation de la radiothérapie conformationnelle avec modulation d’intensité dans le traitement du cancer du canal anal.</t>
   </si>
   <si>
     <t>22/07/2015 00:00:00</t>
   </si>
   <si>
     <t>05/08/2015 10:58:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1364144/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-canal-anal</t>
   </si>
   <si>
     <t>c_1364144</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Commission de la transparence - Réunion du 10 septembre 2025</t>
+  </si>
+  <si>
+    <t>03/09/2025 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643451/fr/commission-de-la-transparence-reunion-du-10-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3643451</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
     <t>Commission de la transparence - Réunion du 28 mai 2025</t>
   </si>
   <si>
     <t>21/05/2025 16:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3607140/fr/commission-de-la-transparence-reunion-du-28-mai-2025</t>
   </si>
   <si>
     <t>p_3607140</t>
-  </si>
-[...1 lines deleted...]
-    <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 20 novembre 2024</t>
   </si>
   <si>
     <t>15/11/2024 08:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3556609/fr/commission-de-la-transparence-reunion-du-20-novembre-2024</t>
   </si>
   <si>
     <t>p_3556609</t>
   </si>
   <si>
     <t>CEESP - Réunion du 15 octobre 2024</t>
   </si>
   <si>
     <t>14/10/2024 16:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3547673/fr/ceesp-reunion-du-15-octobre-2024</t>
   </si>
   <si>
     <t>p_3547673</t>
   </si>
@@ -1423,51 +1435,51 @@
       </c>
       <c r="D4" t="s">
         <v>91</v>
       </c>
       <c r="E4" t="s">
         <v>92</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>93</v>
       </c>
       <c r="H4" t="s">
         <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I20"/>
+  <dimension ref="A1:I21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2006,387 +2018,416 @@
       <c r="A20" t="s">
         <v>96</v>
       </c>
       <c r="B20" t="s">
         <v>170</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
         <v>171</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>172</v>
       </c>
       <c r="H20" t="s">
         <v>173</v>
       </c>
       <c r="I20" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>96</v>
+      </c>
+      <c r="B21" t="s">
+        <v>174</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>175</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>176</v>
+      </c>
+      <c r="H21" t="s">
+        <v>177</v>
+      </c>
+      <c r="I21" t="s">
         <v>101</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B2" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C2" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D2" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E2" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="H2" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B3" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C3" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D3" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="E3" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="H3" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B4" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C4" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D4" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="E4" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="H4" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B5" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C5" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D5" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="E5" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="H5" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B6" t="s">
+        <v>203</v>
+      </c>
+      <c r="C6" t="s">
+        <v>204</v>
+      </c>
+      <c r="D6" t="s">
         <v>199</v>
       </c>
-      <c r="C6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="H6" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B7" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C7" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D7" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="E7" t="s">
         <v>86</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="H7" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B8" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C8" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="D8" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="E8" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="H8" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B2" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="H2" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="I2" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="J2" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="K2" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B3" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
+        <v>230</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>231</v>
+      </c>
+      <c r="H3" t="s">
+        <v>232</v>
+      </c>
+      <c r="I3" t="s">
         <v>226</v>
       </c>
-      <c r="F3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="K3" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>