--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="466" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="474" uniqueCount="240">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -222,50 +222,65 @@
     <t>SIRTEX Medical Europe GmbH (ALLEMAGNE)</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
   </si>
   <si>
     <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
   </si>
   <si>
     <t>28/01/2015 00:00:00</t>
   </si>
   <si>
     <t>16/03/2015 10:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
   </si>
   <si>
     <t>c_1696038</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
   <si>
     <t>Neuropathie amyloïde familiale</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
   </si>
   <si>
     <t>03/05/2017 11:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
   </si>
   <si>
     <t>c_2760531</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
   </si>
   <si>
     <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
   </si>
@@ -1185,51 +1200,51 @@
       </c>
       <c r="D2" t="s">
         <v>59</v>
       </c>
       <c r="E2" t="s">
         <v>60</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>61</v>
       </c>
       <c r="H2" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1241,1193 +1256,1219 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>63</v>
       </c>
       <c r="B2" t="s">
         <v>64</v>
       </c>
       <c r="C2" t="s">
         <v>65</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>66</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>67</v>
       </c>
       <c r="H2" t="s">
         <v>68</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H3" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="C2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="D2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="E2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="H2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C2" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="D2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="E2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="H2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="E3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H3" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B4" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C4" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D4" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="E4" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="H4" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B2" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="H2" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B3" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="H3" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="I3" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B4" t="s">
+        <v>111</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>112</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>113</v>
+      </c>
+      <c r="H4" t="s">
+        <v>114</v>
+      </c>
+      <c r="I4" t="s">
         <v>106</v>
-      </c>
-[...19 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B5" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="H5" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="I5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B6" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="H6" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="I6" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B7" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="H7" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="I7" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B8" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="H8" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="I8" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B9" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="H9" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="I9" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B10" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="H10" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="I10" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B11" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="H11" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="I11" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B12" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="H12" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="I12" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="H13" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="I13" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B14" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="H14" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="I14" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B15" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="H15" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="I15" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B16" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="H16" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="I16" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B17" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="H17" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="I17" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B18" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="H18" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="I18" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B19" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="H19" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="I19" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B20" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="H20" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="I20" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B21" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="H21" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="I21" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B2" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C2" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="D2" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="E2" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="H2" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B3" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D3" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="E3" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="H3" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B4" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C4" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D4" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E4" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="H4" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B5" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C5" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="D5" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="E5" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="H5" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B6" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C6" t="s">
+        <v>209</v>
+      </c>
+      <c r="D6" t="s">
         <v>204</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="H6" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B7" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D7" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="E7" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="H7" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B8" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="C8" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="D8" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="E8" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="H8" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B2" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="H2" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="I2" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="J2" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="K2" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B3" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
+        <v>236</v>
+      </c>
+      <c r="H3" t="s">
+        <v>237</v>
+      </c>
+      <c r="I3" t="s">
         <v>231</v>
       </c>
-      <c r="H3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="K3" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>