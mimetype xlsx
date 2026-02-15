--- v0 (2025-11-06)
+++ v1 (2026-02-15)
@@ -1,835 +1,250 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="466" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>THERASPHERE</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>SIR-Spheres - 21 december 2010 (2952) - Opinion</t>
+  </si>
+  <si>
+    <t>Microspheres of yttrium-90</t>
+  </si>
+  <si>
+    <t>12/21/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2011 13:09:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>08/10/2024 00:00:00</t>
-[...104 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1011043/fr/sir-spheres-21-decembre-2010-2952-avis</t>
+    <t>https://www.has-sante.fr/jcms/c_1011043/en/sir-spheres-21-december-2010-2952-opinion</t>
   </si>
   <si>
     <t>c_1011043</t>
   </si>
   <si>
-    <t>SIRTEX Medical Europe GmbH (Allemagne)</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+    <t>SIRTEX Medical Products Pty Ltd (Australia)</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Patient selection criteria for at-home cancer chemotherapy</t>
+  </si>
+  <si>
+    <t>To establish consensus guidelines for selecting patients for at-home chemotherapy and for ensuring that this chemotherapy is administered to standards that are as safe as those of conventional hospitalisation and of similar quality.</t>
+  </si>
+  <si>
+    <t>09/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Screening for dihydropyrimidine dehydrogenase deficiency to decrease the risk of severe toxicities related to fluoropyrimidines (5-fluorouracil or capecitabine) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Each year in France, almost 80,000 new patients receive fluoropyrimidines, a group of anticancer drugs including 5-Fluorouracil [5-FU] and its prodrug capecitabine (Xeloda®), used to treat various types of cancer (mainly digestive, breast and head and neck cancer). Fluoropyrimidines-based chemotherapies , can cause severe toxicities (incidence at around 20%), and rarely but sometimes lethal toxicity (incidence between 0.1 and 1%). Part of these toxicities may be related to deficiency in the activity of the main enzyme enabling elimination of 5-FU, called dihydropyrimidine dehydrogenase (DPD). This deficiency can be partial (around 3 to 8% of individuals) or complete (between 0.01 and 0.5% of individuals). Therefore, the summary of product characteristics of fluoropyrimidines includes a contraindication to treatment in patients with complete DPD loss, and the recommendation for dose adjustment and careful monitoring in partially deficient patients. Beginning 2018, the French agency in charge of medicinal product safety ruled in favour of routine screening for DPD deficiency before treatment with fluoropyrimidine. In the absence of a previously established consensus as to the methods of implementation of the screening (detection of variants of the DPYD gene coding for DPD and/or determination of the activity of the DPD enzyme), the Institut National du Cancer (INCa) [French National Cancer Institute] was approached by the Ministry of Health to draw up recommendations for the said methods. Also, in order to enable reimbursement of the test selected to screen for DPD deficiency for all patients by the French health insurance system, regardless of the laboratory carrying out the test (public or private), its registration on the list of reimbursable medical biology procedures is necessary. This registration decision has to be made by the national health insurance fund, but a prior opinion from the Haute Autorité de Santé (HAS) [French National Authority for Health] is required. For this reason, the HAS decided to refer the matter to itself and to work jointly with the INCa to be able to return an opinion without delay</t>
+  </si>
+  <si>
+    <t>09/21/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
-    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) consists, after prior cytoreductive surgery (curative indications, peritoneal carcinomatosis) or not (preventive indications, for the said carcinomatosis), in delivering a heated chemotherapy treatment to the abdominal cavity. The two objectives of this report were: question 1: to assess the efficacy and safety of the HIPEC procedure associated or not with prior cytoreductive surgery in order to define which indications are approved/non-approved; question 2: to define the conditions in which the HIPEC procedure is carried out associated or not with prior cytoreductive surgery, and of the ensuing hospitalisation; along with the preoperative preparation required and methods of post-hospitalisation follow-up.</t>
+  </si>
+  <si>
+    <t>06/17/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/21/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
   </si>
   <si>
     <t>p_3168690</t>
   </si>
   <si>
-    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du canal anal</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1364144/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-canal-anal</t>
+    <t>Conformational intensity-modulated radiation therapy in anal canal cancer</t>
+  </si>
+  <si>
+    <t>To assess clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of anal canal cancer in view of its reimbursement by National Health Insurance, the comparator being three-dimensional conformational radiation therapy (3D-CRT)</t>
+  </si>
+  <si>
+    <t>07/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/05/2015 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364144/en/conformational-intensity-modulated-radiation-therapy-in-anal-canal-cancer</t>
   </si>
   <si>
     <t>c_1364144</t>
-  </si>
-[...418 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400735/fr/eloxatine-oxaliplatine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J10"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -840,1594 +255,242 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
-      </c>
-[...254 lines deleted...]
-        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...130 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>78</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>81</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>82</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="C3" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="D3" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="E3" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>87</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>89</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="D4" t="s">
-        <v>91</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>92</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>93</v>
+        <v>43</v>
       </c>
       <c r="H4" t="s">
-        <v>94</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...962 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>