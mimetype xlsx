--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,229 +1,979 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide usagers" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="493" uniqueCount="282">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
+  </si>
+  <si>
+    <t>11/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:02:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
+  </si>
+  <si>
+    <t>p_3592435</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages (RdRD) dans les établissements et services sociaux et médico-sociaux (ESSMS)</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent à l’ensemble des professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’à leurs partenaires, en particulier les acteurs de l’addictologie, ainsi qu’aux personnes accompagnées et à leur entourage.</t>
+  </si>
+  <si>
+    <t>29/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2023 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218478/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-rdrd-dans-les-etablissements-et-services-sociaux-et-medico-sociaux-essms</t>
+  </si>
+  <si>
+    <t>p_3218478</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Interruption volontaire de grossesse par méthode médicamenteuse - Mise à jour</t>
+  </si>
+  <si>
+    <t>Cette mise à jour porte sur la stratégie médicamenteuse et sur des particularités de prise en charge.</t>
+  </si>
+  <si>
+    <t>11/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2021 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223429/fr/interruption-volontaire-de-grossesse-par-methode-medicamenteuse-mise-a-jour</t>
+  </si>
+  <si>
+    <t>p_3223429</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Pseudo Obstructions Intestinales Chroniques (POIC) chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de Pseudo Obstruction Intestinale Chronique (POIC), quel que soit son type et son âge. Il a été élaboré par le Centre de Référence des maladies rares digestives - MaRDi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300746/fr/pseudo-obstructions-intestinales-chroniques-poic-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3300746</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Syringomyelie - Les fentes intramédullaires</t>
+  </si>
+  <si>
+    <t>12/12/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729833/fr/syringomyelie-les-fentes-intramedullaires</t>
+  </si>
+  <si>
+    <t>c_2729833</t>
+  </si>
+  <si>
+    <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_1650525</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652304</t>
+  </si>
+  <si>
+    <t>Parcours de soins d’une personne ayant une maladie chronique en phase palliative – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette note de cadrage présente le projet de la HAS visant à proposer des outils facilitant le parcours des personnes ayant une maladie chronique en phase palliative. Ce projet s’inscrit dans une approche transversale qui consiste à développer des outils communs à toutes les maladies chroniques pour compléter la démarche parcours de soins par maladie.</t>
+  </si>
+  <si>
+    <t>30/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>20/09/2013 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638933/fr/parcours-de-soins-d-une-personne-ayant-une-maladie-chronique-en-phase-palliative-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_1638933</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Opioïdes : prévenir le risque de surdose</t>
+  </si>
+  <si>
+    <t>Bon usage des opioïdes : la HAS publie 2 documents d’information à destination des patients pour prévenir le risque de surdose d'opioïdes. Elles visent à informer d'une part les personnes souffrant de douleurs chroniques et d'autre part les usagers de drogues à qui sont prescrits des médicaments opioïdes.</t>
+  </si>
+  <si>
+    <t>06/04/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2023 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425923/fr/opioides-prevenir-le-risque-de-surdose</t>
+  </si>
+  <si>
+    <t>p_3425923</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Les médicaments des accès douloureux paroxystiques du cancer</t>
+  </si>
+  <si>
+    <t>Les accès douloureux paroxystiques (ADP) du cancer justifient l’utilisation de morphiniques d’action rapide par voie transmuqueuse. Six médicaments sont actuellement disponibles dans cette indication. Tous ont le fentanyl pour principe actif, mais les formes galéniques diffèrent.</t>
+  </si>
+  <si>
+    <t>07/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439696/fr/les-medicaments-des-acces-douloureux-paroxystiques-du-cancer</t>
+  </si>
+  <si>
+    <t>r_1439696</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 juin 2017</t>
+  </si>
+  <si>
+    <t>31/05/2017 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2771625/fr/commission-de-la-transparence-reunion-du-7-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2771625</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 mars 2016</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611614/fr/commission-de-la-transparence-reunion-du-2-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2611614</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2015</t>
+  </si>
+  <si>
+    <t>11/11/2015 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571388/fr/commission-de-la-transparence-reunion-du-18-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2571388</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 avril 2015</t>
+  </si>
+  <si>
+    <t>09/04/2015 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025601/fr/commission-de-la-transparence-reunion-du-15-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2025601</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2014</t>
+  </si>
+  <si>
+    <t>23/05/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742433/fr/commission-de-la-transparence-reunion-du-28-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1742433</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2013</t>
+  </si>
+  <si>
+    <t>26/06/2013 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603005/fr/commission-de-la-transparence-reunion-du-26-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1603005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2013</t>
+  </si>
+  <si>
+    <t>12/06/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600312/fr/commission-de-la-transparence-reunion-du-12-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1600312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2012</t>
+  </si>
+  <si>
+    <t>18/09/2012 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296038/fr/commission-de-la-transparence-reunion-du-19-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1296038</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités PRAVAFENIX et PROCORALAN par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu.</t>
+  </si>
+  <si>
+    <t>06/06/2012 13:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252008/fr/commission-de-la-transparence-reunion-du-6-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1252008</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 décembre 2011</t>
+  </si>
+  <si>
+    <t>07/12/2011 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146241/fr/commission-de-la-transparence-reunion-du-7-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1146241</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 septembre 2011</t>
+  </si>
+  <si>
+    <t>14/09/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1096142/fr/commission-de-la-transparence-reunion-du-14-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1096142</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 février 2011</t>
+  </si>
+  <si>
+    <t>02/02/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021670/fr/commission-de-la-transparence-reunion-du-2-fevrier-2011</t>
+  </si>
+  <si>
+    <t>c_1021670</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 décembre 2009</t>
+  </si>
+  <si>
+    <t>16/12/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893706/fr/commission-de-la-transparence-reunion-du-16-decembre-2009</t>
+  </si>
+  <si>
+    <t>c_893706</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2009</t>
+  </si>
+  <si>
+    <t>21/10/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866337/fr/commission-de-la-transparence-reunion-du-21-octobre-2009</t>
+  </si>
+  <si>
+    <t>c_866337</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) en lien avec les dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Evènements indésirables graves associés aux soins (EIGS) en lien avec les dispositifs médicaux (DM) déclarés à la HAS dans le cadre du dispositif national entre le 1er mars 2017 et le 31 décembre 2023.</t>
+  </si>
+  <si>
+    <t>25/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/07/2024 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534214/fr/evenements-indesirables-graves-associes-aux-soins-eigs-en-lien-avec-les-dispositifs-medicaux</t>
+  </si>
+  <si>
+    <t>p_3534214</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>OXYPRONAL LP (oxycodone/naloxone)</t>
+  </si>
+  <si>
+    <t>21/07/2022 10:57:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353104/fr/oxypronal-lp-oxycodone/naloxone</t>
+  </si>
+  <si>
+    <t>p_3353104</t>
+  </si>
+  <si>
+    <t>oxycodone,naloxone</t>
+  </si>
+  <si>
+    <t>G.L. Pharma France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352223/fr/oxypronal-lp-oxycodone/naloxone-douleur-severe</t>
+  </si>
+  <si>
+    <t>OXYCODONE (oxycodone)</t>
+  </si>
+  <si>
+    <t>18/03/2020 17:41:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164991/fr/oxycodone-oxycodone</t>
+  </si>
+  <si>
+    <t>p_3164991</t>
+  </si>
+  <si>
+    <t>oxycodone</t>
+  </si>
+  <si>
+    <t>AGUETTANT / MEDAC / DELBERT / RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624084/fr/oxycodone-aguettant-oxycodone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800437/fr/oxycodone-medac-oxycodone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891308/fr/oxycodone-delbert-oxycodone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867440/fr/oxycodone-delbert-oxycodone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164089/fr/oxycodone-renaudin-oxycodone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967157/fr/oxycodone-renaudin-oxycodone</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>IQSS 2019 - psychiatrie et santé mentale : développement d'indicateurs des thèmes « Prise en charge somatique en établissement de santé » et « Coordination entre l’hôpital et la ville » - ambulatoire</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville », « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
+  </si>
+  <si>
+    <t>09/06/2022 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913016/fr/iqss-2019-psychiatrie-et-sante-mentale-developpement-d-indicateurs-des-themes-prise-en-charge-somatique-en-etablissement-de-sante-et-coordination-entre-l-hopital-et-la-ville-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_2913016</t>
+  </si>
+  <si>
+    <t>Lymphome de Hodgkin classique de l'adulte - Parcours de soins</t>
+  </si>
+  <si>
+    <t>Le lymphome de Hodgkin est une prolifération tumorale de cellules lymphoïdes dans un ou plusieurs organes lymphoïdes, avec parfois extension dans des sites extra-ganglionnaires. Il se différencie des lymphomes non hodgkiniens (LNH) par la présence de grandes cellules tumorales caractéristiques sur le plan morphologique et immunologique : les cellules de Reed-Sternberg, une présentation clinique plus fréquemment localisée et un pronostic globalement meilleur.</t>
+  </si>
+  <si>
+    <t>31/07/2013 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906066/fr/lymphome-de-hodgkin-classique-de-l-adulte-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906066</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -277,107 +1027,1658 @@
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
         <v>36</v>
       </c>
       <c r="E6" t="s">
         <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>38</v>
       </c>
       <c r="H6" t="s">
         <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>66</v>
+      </c>
+      <c r="E11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" t="s">
+        <v>72</v>
+      </c>
+      <c r="E12" t="s">
+        <v>73</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>74</v>
+      </c>
+      <c r="H12" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>76</v>
+      </c>
+      <c r="C13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D13" t="s">
+        <v>78</v>
+      </c>
+      <c r="E13" t="s">
+        <v>78</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>79</v>
+      </c>
+      <c r="H13" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>81</v>
+      </c>
+      <c r="C14" t="s">
+        <v>82</v>
+      </c>
+      <c r="D14" t="s">
+        <v>83</v>
+      </c>
+      <c r="E14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>85</v>
+      </c>
+      <c r="H14" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" t="s">
+        <v>89</v>
+      </c>
+      <c r="E15" t="s">
+        <v>90</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>91</v>
+      </c>
+      <c r="H15" t="s">
+        <v>92</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>97</v>
+      </c>
+      <c r="H2" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>93</v>
+      </c>
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="C4" t="s">
+        <v>105</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>106</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>107</v>
+      </c>
+      <c r="H4" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>93</v>
+      </c>
+      <c r="B5" t="s">
+        <v>109</v>
+      </c>
+      <c r="C5" t="s">
+        <v>110</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>111</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>112</v>
+      </c>
+      <c r="H5" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>93</v>
+      </c>
+      <c r="B6" t="s">
+        <v>114</v>
+      </c>
+      <c r="C6" t="s">
+        <v>115</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>116</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>117</v>
+      </c>
+      <c r="H6" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>93</v>
+      </c>
+      <c r="B7" t="s">
+        <v>119</v>
+      </c>
+      <c r="C7" t="s">
+        <v>120</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>121</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>122</v>
+      </c>
+      <c r="H7" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>93</v>
+      </c>
+      <c r="B8" t="s">
+        <v>124</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>125</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>126</v>
+      </c>
+      <c r="H8" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>93</v>
+      </c>
+      <c r="B9" t="s">
+        <v>128</v>
+      </c>
+      <c r="C9" t="s">
+        <v>129</v>
+      </c>
+      <c r="D9" t="s">
+        <v>130</v>
+      </c>
+      <c r="E9" t="s">
+        <v>131</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>132</v>
+      </c>
+      <c r="H9" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>134</v>
+      </c>
+      <c r="C10" t="s">
+        <v>135</v>
+      </c>
+      <c r="D10" t="s">
+        <v>130</v>
+      </c>
+      <c r="E10" t="s">
+        <v>136</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>137</v>
+      </c>
+      <c r="H10" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>139</v>
+      </c>
+      <c r="C11" t="s">
+        <v>140</v>
+      </c>
+      <c r="D11" t="s">
+        <v>141</v>
+      </c>
+      <c r="E11" t="s">
+        <v>142</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>143</v>
+      </c>
+      <c r="H11" t="s">
+        <v>144</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>145</v>
+      </c>
+      <c r="B2" t="s">
+        <v>146</v>
+      </c>
+      <c r="C2" t="s">
+        <v>147</v>
+      </c>
+      <c r="D2" t="s">
+        <v>148</v>
+      </c>
+      <c r="E2" t="s">
+        <v>149</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>150</v>
+      </c>
+      <c r="H2" t="s">
+        <v>151</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>152</v>
+      </c>
+      <c r="B2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>154</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>155</v>
+      </c>
+      <c r="H2" t="s">
+        <v>156</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>157</v>
+      </c>
+      <c r="B2" t="s">
+        <v>158</v>
+      </c>
+      <c r="C2" t="s">
+        <v>159</v>
+      </c>
+      <c r="D2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E2" t="s">
+        <v>161</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>162</v>
+      </c>
+      <c r="H2" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B3" t="s">
+        <v>164</v>
+      </c>
+      <c r="C3" t="s">
+        <v>165</v>
+      </c>
+      <c r="D3" t="s">
+        <v>166</v>
+      </c>
+      <c r="E3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>168</v>
+      </c>
+      <c r="H3" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C4" t="s">
+        <v>171</v>
+      </c>
+      <c r="D4" t="s">
+        <v>172</v>
+      </c>
+      <c r="E4" t="s">
+        <v>173</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>174</v>
+      </c>
+      <c r="H4" t="s">
+        <v>175</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>180</v>
+      </c>
+      <c r="H2" t="s">
+        <v>181</v>
+      </c>
+      <c r="I2" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>185</v>
+      </c>
+      <c r="H3" t="s">
+        <v>186</v>
+      </c>
+      <c r="I3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>177</v>
+      </c>
+      <c r="B4" t="s">
+        <v>187</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>188</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>189</v>
+      </c>
+      <c r="H4" t="s">
+        <v>190</v>
+      </c>
+      <c r="I4" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>177</v>
+      </c>
+      <c r="B5" t="s">
+        <v>191</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>192</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>193</v>
+      </c>
+      <c r="H5" t="s">
+        <v>194</v>
+      </c>
+      <c r="I5" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>177</v>
+      </c>
+      <c r="B6" t="s">
+        <v>195</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>196</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>197</v>
+      </c>
+      <c r="H6" t="s">
+        <v>198</v>
+      </c>
+      <c r="I6" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>177</v>
+      </c>
+      <c r="B7" t="s">
+        <v>199</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>200</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>201</v>
+      </c>
+      <c r="H7" t="s">
+        <v>202</v>
+      </c>
+      <c r="I7" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>177</v>
+      </c>
+      <c r="B8" t="s">
+        <v>203</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>204</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>205</v>
+      </c>
+      <c r="H8" t="s">
+        <v>206</v>
+      </c>
+      <c r="I8" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>177</v>
+      </c>
+      <c r="B9" t="s">
+        <v>207</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>208</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>209</v>
+      </c>
+      <c r="H9" t="s">
+        <v>210</v>
+      </c>
+      <c r="I9" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>177</v>
+      </c>
+      <c r="B10" t="s">
+        <v>211</v>
+      </c>
+      <c r="C10" t="s">
+        <v>212</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>213</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>214</v>
+      </c>
+      <c r="H10" t="s">
+        <v>215</v>
+      </c>
+      <c r="I10" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>177</v>
+      </c>
+      <c r="B11" t="s">
+        <v>216</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>217</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>218</v>
+      </c>
+      <c r="H11" t="s">
+        <v>219</v>
+      </c>
+      <c r="I11" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>177</v>
+      </c>
+      <c r="B12" t="s">
+        <v>220</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>221</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>222</v>
+      </c>
+      <c r="H12" t="s">
+        <v>223</v>
+      </c>
+      <c r="I12" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B13" t="s">
+        <v>224</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>225</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>226</v>
+      </c>
+      <c r="H13" t="s">
+        <v>227</v>
+      </c>
+      <c r="I13" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>177</v>
+      </c>
+      <c r="B14" t="s">
+        <v>228</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>229</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>230</v>
+      </c>
+      <c r="H14" t="s">
+        <v>231</v>
+      </c>
+      <c r="I14" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>177</v>
+      </c>
+      <c r="B15" t="s">
+        <v>232</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>233</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>234</v>
+      </c>
+      <c r="H15" t="s">
+        <v>235</v>
+      </c>
+      <c r="I15" t="s">
+        <v>182</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>236</v>
+      </c>
+      <c r="B2" t="s">
+        <v>237</v>
+      </c>
+      <c r="C2" t="s">
+        <v>238</v>
+      </c>
+      <c r="D2" t="s">
+        <v>239</v>
+      </c>
+      <c r="E2" t="s">
+        <v>240</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>241</v>
+      </c>
+      <c r="H2" t="s">
+        <v>242</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>243</v>
+      </c>
+      <c r="J1" t="s">
+        <v>244</v>
+      </c>
+      <c r="K1" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>246</v>
+      </c>
+      <c r="B2" t="s">
+        <v>247</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>249</v>
+      </c>
+      <c r="H2" t="s">
+        <v>250</v>
+      </c>
+      <c r="I2" t="s">
+        <v>251</v>
+      </c>
+      <c r="J2" t="s">
+        <v>252</v>
+      </c>
+      <c r="K2" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>255</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>256</v>
+      </c>
+      <c r="H3" t="s">
+        <v>257</v>
+      </c>
+      <c r="I3" t="s">
+        <v>258</v>
+      </c>
+      <c r="J3" t="s">
+        <v>259</v>
+      </c>
+      <c r="K3" t="s">
+        <v>260</v>
+      </c>
+      <c r="L3" t="s">
+        <v>261</v>
+      </c>
+      <c r="M3" t="s">
+        <v>262</v>
+      </c>
+      <c r="N3" t="s">
+        <v>263</v>
+      </c>
+      <c r="O3" t="s">
+        <v>264</v>
+      </c>
+      <c r="P3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>266</v>
+      </c>
+      <c r="B2" t="s">
+        <v>267</v>
+      </c>
+      <c r="C2" t="s">
+        <v>268</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>269</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>270</v>
+      </c>
+      <c r="H2" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>266</v>
+      </c>
+      <c r="B3" t="s">
+        <v>272</v>
+      </c>
+      <c r="C3" t="s">
+        <v>273</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>275</v>
+      </c>
+      <c r="H3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B4" t="s">
+        <v>277</v>
+      </c>
+      <c r="C4" t="s">
+        <v>278</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>279</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>280</v>
+      </c>
+      <c r="H4" t="s">
+        <v>281</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>