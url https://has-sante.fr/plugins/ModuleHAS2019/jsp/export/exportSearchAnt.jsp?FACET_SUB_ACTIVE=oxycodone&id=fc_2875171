--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,1024 +1,229 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="517" uniqueCount="297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>15/09/2025 09:02:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
-[...155 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...212 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
-  </si>
-[...379 lines deleted...]
-    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1072,1736 +277,107 @@
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
         <v>36</v>
       </c>
       <c r="E6" t="s">
         <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>38</v>
       </c>
       <c r="H6" t="s">
         <v>39</v>
-      </c>
-[...1627 lines deleted...]
-        <v>296</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>