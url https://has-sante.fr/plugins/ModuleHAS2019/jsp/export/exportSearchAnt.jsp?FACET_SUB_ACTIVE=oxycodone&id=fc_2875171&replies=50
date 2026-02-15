--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -33,51 +33,51 @@
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide usagers" r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="517" uniqueCount="297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="493" uniqueCount="282">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -836,108 +836,63 @@
   <si>
     <t>AGUETTANT / MEDAC / DELBERT / RENAUDIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2624084/fr/oxycodone-aguettant-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2800437/fr/oxycodone-medac-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2891308/fr/oxycodone-delbert-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2867440/fr/oxycodone-delbert-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3164089/fr/oxycodone-renaudin-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2967157/fr/oxycodone-renaudin-oxycodone</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
-    <t>IQSS 2025 - PSY : Coordination, prises en charge somatiques et addictions, en ambulatoire : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
-[...28 lines deleted...]
-  <si>
     <t>IQSS 2019 - psychiatrie et santé mentale : développement d'indicateurs des thèmes « Prise en charge somatique en établissement de santé » et « Coordination entre l’hôpital et la ville » - ambulatoire</t>
   </si>
   <si>
     <t>La Haute Autorité de santé a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville », « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
   </si>
   <si>
     <t>09/06/2022 15:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2913016/fr/iqss-2019-psychiatrie-et-sante-mentale-developpement-d-indicateurs-des-themes-prise-en-charge-somatique-en-etablissement-de-sante-et-coordination-entre-l-hopital-et-la-ville-ambulatoire</t>
   </si>
   <si>
     <t>c_2913016</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3479016</t>
   </si>
   <si>
     <t>Lymphome de Hodgkin classique de l'adulte - Parcours de soins</t>
   </si>
   <si>
     <t>Le lymphome de Hodgkin est une prolifération tumorale de cellules lymphoïdes dans un ou plusieurs organes lymphoïdes, avec parfois extension dans des sites extra-ganglionnaires. Il se différencie des lymphomes non hodgkiniens (LNH) par la présence de grandes cellules tumorales caractéristiques sur le plan morphologique et immunologique : les cellules de Reed-Sternberg, une présentation clinique plus fréquemment localisée et un pronostic globalement meilleur.</t>
   </si>
   <si>
     <t>31/07/2013 11:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2906066/fr/lymphome-de-hodgkin-classique-de-l-adulte-parcours-de-soins</t>
   </si>
   <si>
     <t>c_2906066</t>
   </si>
   <si>
     <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
   </si>
   <si>
     <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
   </si>
   <si>
     <t>22/12/2015 12:22:00</t>
   </si>
@@ -2577,51 +2532,51 @@
       </c>
       <c r="L3" t="s">
         <v>261</v>
       </c>
       <c r="M3" t="s">
         <v>262</v>
       </c>
       <c r="N3" t="s">
         <v>263</v>
       </c>
       <c r="O3" t="s">
         <v>264</v>
       </c>
       <c r="P3" t="s">
         <v>265</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2685,123 +2640,45 @@
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>266</v>
       </c>
       <c r="B4" t="s">
         <v>277</v>
       </c>
       <c r="C4" t="s">
         <v>278</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>279</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>280</v>
       </c>
       <c r="H4" t="s">
         <v>281</v>
-      </c>
-[...76 lines deleted...]
-        <v>296</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>