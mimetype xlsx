--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,771 +1,254 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>Compression médicale à usage individuel – Utilisation en pathologies vasculaires</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>23/11/2010 00:00:00</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893724/fr/evaluation-du-parage-de-plaie-de-la-pulpe-par-coiffage-pulpaire-direct-rapport-d-evaluation-technologique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of pulp wound protection by direct pulp capping -INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim was to assess vital pulp therapy by direct pulp capping, onto temporary or permanent tooth, in the event of pulp exposure following carie excavation, trauma or occurring accidentally during care. This assessment was conducted at the request of the National health insurance that wishes to provide coverage for this procedure</t>
+  </si>
+  <si>
+    <t>03/27/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/28/2019 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893724/en/assessment-of-pulp-wound-protection-by-direct-pulp-capping-inahta-brief</t>
   </si>
   <si>
     <t>c_2893724</t>
-  </si>
-[...70 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400533/fr/oxyperol-pate-pour-application-locale-tube-de-50-g-code-cip-307-703-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...102 lines deleted...]
-        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...255 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>