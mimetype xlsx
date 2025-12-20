--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2049" uniqueCount="1042">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2066" uniqueCount="1053">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1505,50 +1505,65 @@
   <si>
     <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
   </si>
   <si>
     <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
   </si>
   <si>
     <t>01/07/2009 00:00:00</t>
   </si>
   <si>
     <t>19/02/2010 14:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Collège délibératif du 13 novembre 2025</t>
+  </si>
+  <si>
+    <t>14/11/2025 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737957/fr/college-deliberatif-du-13-novembre-2025</t>
+  </si>
+  <si>
+    <t>p_3737957</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
     <t>Commission de la transparence - Réunion du 16 juillet 2025</t>
   </si>
   <si>
     <t>10/07/2025 15:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635468/fr/commission-de-la-transparence-reunion-du-16-juillet-2025</t>
   </si>
   <si>
     <t>p_3635468</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 9 juillet 2025</t>
   </si>
   <si>
     <t>02/07/2025 14:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634391/fr/commission-de-la-transparence-reunion-du-9-juillet-2025</t>
   </si>
   <si>
     <t>p_3634391</t>
@@ -2685,50 +2700,68 @@
     <t>Commission de la transparence - Réunion du 27 janvier 2010</t>
   </si>
   <si>
     <t>27/01/2010 17:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_924917/fr/commission-de-la-transparence-reunion-du-27-janvier-2010</t>
   </si>
   <si>
     <t>c_924917</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 7 novembre 2007</t>
   </si>
   <si>
     <t>07/11/2007 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_601597/fr/commission-de-la-transparence-reunion-du-7-novembre-2007</t>
   </si>
   <si>
     <t>c_601597</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0261/DC/SEM du 13 novembre 2025 du collège de la Haute Autorité de santé portant renouvellement d’accès précoce de la spécialité JEMPERLI (dostarlimab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce renouvelée à la spécialité JEMPERLI (dostarlimab) dans l’indication « en association avec le carboplatine et le paclitaxel pour le traitement des patientes adultes atteintes d’un cancer de l’endomètre avancé nouvellement diagnostiqué ou récidivant, qui ne présente pas de déficience du système de réparation des mésappariements des bases / d’instabilité microsatellitaire (pMMR/MSS) ou dont le statut au regard de cette déficience n’est pas connu, et candidates à un traitement systémique ».</t>
+  </si>
+  <si>
+    <t>13/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:16:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741942/fr/decision-n-2025-0261/dc/sem-du-13-novembre-2025-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-d-acces-precoce-de-la-specialite-jemperli-dostarlimab</t>
+  </si>
+  <si>
+    <t>p_3741942</t>
   </si>
   <si>
     <t>Décision n°2024.0364/DC/SEM du 19 décembre 2024 du collège de la Haute Autorité de santé portant refus d’accès précoce des spécialités IMFINZI (durvalumab) et LYNPARZA (olaparib) en association</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce refusée aux spécialités IMFINZI (durvalumab) et LYNPARZA (olaparib) en association dans l' indication « IMFINZI, en association au carboplatine et au paclitaxel est indiqué dans le traitement de première ligne des patientes adultes atteintes d’un cancer de l’endomètre avancé ou récurrent qui sont candidates à un traitement systémique, suivi d’un traitement d’entretien par IMFINZI en association à l’olaparib dans le cancer de l’endomètre qui ne présente pas de déficience du système MMR (pMMR). LYNPARZA en association au durvalumab pour le traitement d’entretien des patientes adultes atteintes d’un cancer de l’endomètre avancé ou récurrent qui présente une tumeur sans déficience du système MMR (pMMR), et dont la maladie n’a pas progressé durant la première ligne de traitement avec le durvalumab en association avec carboplatine et paclitaxel. »</t>
   </si>
   <si>
     <t>19/12/2024 09:39:00</t>
   </si>
   <si>
     <t>07/01/2025 08:49:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3576312/fr/decision-n2024-0364/dc/sem-du-19-decembre-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-des-specialites-imfinzi-durvalumab-et-lynparza-olaparib-en-association</t>
   </si>
   <si>
     <t>p_3576312</t>
   </si>
   <si>
     <t>Décision n° 2024.0257/DC/SEM du 3 octobre 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité JEMPERLI (dostarlimab)</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce octroyée à la spécialité JEMPERLI (dostarlimab) dans l’indication « en association avec le carboplatine et le paclitaxel pour le traitement des patientes adultes atteintes d’un cancer de l’endomètre avancé nouvellement diagnostiqué ou récidivant, qui ne présente pas de déficience du système de réparation des mésappariements des bases / d’instabilité microsatellitaire (pMMR/MSS) ou dont le statut au regard de cette déficience n’est pas connu, et candidates à un traitement systémique ».</t>
   </si>
@@ -6170,51 +6203,51 @@
       </c>
       <c r="D8" t="s">
         <v>485</v>
       </c>
       <c r="E8" t="s">
         <v>486</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>487</v>
       </c>
       <c r="H8" t="s">
         <v>488</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I100"/>
+  <dimension ref="A1:I101"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -6260,3684 +6293,3739 @@
       <c r="A3" t="s">
         <v>490</v>
       </c>
       <c r="B3" t="s">
         <v>496</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>497</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>498</v>
       </c>
       <c r="H3" t="s">
         <v>499</v>
       </c>
       <c r="I3" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>490</v>
       </c>
       <c r="B4" t="s">
+        <v>501</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>502</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>503</v>
+      </c>
+      <c r="H4" t="s">
+        <v>504</v>
+      </c>
+      <c r="I4" t="s">
         <v>500</v>
-      </c>
-[...19 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>490</v>
       </c>
       <c r="B5" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H5" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="I5" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>490</v>
       </c>
       <c r="B6" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="H6" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="I6" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>490</v>
       </c>
       <c r="B7" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="H7" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="I7" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>490</v>
       </c>
       <c r="B8" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="H8" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="I8" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>490</v>
       </c>
       <c r="B9" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H9" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="I9" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>490</v>
       </c>
       <c r="B10" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="H10" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="I10" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>490</v>
       </c>
       <c r="B11" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="H11" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="I11" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>490</v>
       </c>
       <c r="B12" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H12" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="I12" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>490</v>
       </c>
       <c r="B13" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="H13" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="I13" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>490</v>
       </c>
       <c r="B14" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="H14" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="I14" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>490</v>
       </c>
       <c r="B15" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="H15" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="I15" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>490</v>
       </c>
       <c r="B16" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="H16" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="I16" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>490</v>
       </c>
       <c r="B17" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="H17" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="I17" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>490</v>
       </c>
       <c r="B18" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="H18" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="I18" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>490</v>
       </c>
       <c r="B19" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="H19" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="I19" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>490</v>
       </c>
       <c r="B20" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="H20" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="I20" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>490</v>
       </c>
       <c r="B21" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="H21" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="I21" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>490</v>
       </c>
       <c r="B22" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="H22" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="I22" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>490</v>
       </c>
       <c r="B23" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="H23" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="I23" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>490</v>
       </c>
       <c r="B24" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H24" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="I24" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>490</v>
       </c>
       <c r="B25" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H25" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="I25" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>490</v>
       </c>
       <c r="B26" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="H26" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="I26" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>490</v>
       </c>
       <c r="B27" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="H27" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="I27" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>490</v>
       </c>
       <c r="B28" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H28" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="I28" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>490</v>
       </c>
       <c r="B29" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="H29" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="I29" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>490</v>
       </c>
       <c r="B30" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="H30" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="I30" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>490</v>
       </c>
       <c r="B31" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="H31" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="I31" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>490</v>
       </c>
       <c r="B32" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="H32" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="I32" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>490</v>
       </c>
       <c r="B33" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H33" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="I33" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>490</v>
       </c>
       <c r="B34" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="H34" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="I34" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>490</v>
       </c>
       <c r="B35" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H35" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="I35" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>490</v>
       </c>
       <c r="B36" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H36" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="I36" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>490</v>
       </c>
       <c r="B37" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H37" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="I37" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>490</v>
       </c>
       <c r="B38" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H38" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="I38" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>490</v>
       </c>
       <c r="B39" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="H39" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="I39" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>490</v>
       </c>
       <c r="B40" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="H40" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="I40" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>490</v>
       </c>
       <c r="B41" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C41" t="s">
         <v>12</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="H41" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="I41" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>490</v>
       </c>
       <c r="B42" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="H42" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="I42" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>490</v>
       </c>
       <c r="B43" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="H43" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="I43" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>490</v>
       </c>
       <c r="B44" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H44" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="I44" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>490</v>
       </c>
       <c r="B45" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="H45" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="I45" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>490</v>
       </c>
       <c r="B46" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C46" t="s">
         <v>12</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H46" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="I46" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>490</v>
       </c>
       <c r="B47" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C47" t="s">
         <v>12</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H47" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="I47" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>490</v>
       </c>
       <c r="B48" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="H48" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="I48" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>490</v>
       </c>
       <c r="B49" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C49" t="s">
         <v>12</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="H49" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="I49" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>490</v>
       </c>
       <c r="B50" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C50" t="s">
         <v>12</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="H50" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="I50" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>490</v>
       </c>
       <c r="B51" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C51" t="s">
         <v>12</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="H51" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="I51" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>490</v>
       </c>
       <c r="B52" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C52" t="s">
         <v>12</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="H52" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="I52" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>490</v>
       </c>
       <c r="B53" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C53" t="s">
         <v>12</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H53" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="I53" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>490</v>
       </c>
       <c r="B54" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C54" t="s">
         <v>12</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="H54" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="I54" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>490</v>
       </c>
       <c r="B55" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C55" t="s">
         <v>12</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="H55" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="I55" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>490</v>
       </c>
       <c r="B56" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C56" t="s">
         <v>12</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="H56" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="I56" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>490</v>
       </c>
       <c r="B57" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C57" t="s">
         <v>12</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="H57" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="I57" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>490</v>
       </c>
       <c r="B58" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C58" t="s">
         <v>12</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="H58" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="I58" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>490</v>
       </c>
       <c r="B59" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C59" t="s">
         <v>12</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H59" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="I59" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>490</v>
       </c>
       <c r="B60" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C60" t="s">
         <v>12</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="H60" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="I60" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>490</v>
       </c>
       <c r="B61" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C61" t="s">
         <v>12</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="H61" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="I61" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>490</v>
       </c>
       <c r="B62" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C62" t="s">
         <v>12</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="H62" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="I62" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>490</v>
       </c>
       <c r="B63" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C63" t="s">
         <v>12</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="H63" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="I63" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>490</v>
       </c>
       <c r="B64" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C64" t="s">
         <v>12</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="H64" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="I64" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>490</v>
       </c>
       <c r="B65" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C65" t="s">
         <v>12</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="H65" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="I65" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>490</v>
       </c>
       <c r="B66" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C66" t="s">
         <v>12</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="H66" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="I66" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>490</v>
       </c>
       <c r="B67" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C67" t="s">
         <v>12</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="H67" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="I67" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>490</v>
       </c>
       <c r="B68" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C68" t="s">
         <v>12</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="H68" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="I68" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>490</v>
       </c>
       <c r="B69" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C69" t="s">
         <v>12</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="H69" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="I69" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>490</v>
       </c>
       <c r="B70" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C70" t="s">
         <v>12</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="H70" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="I70" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>490</v>
       </c>
       <c r="B71" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C71" t="s">
         <v>12</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="H71" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="I71" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>490</v>
       </c>
       <c r="B72" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C72" t="s">
         <v>12</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="H72" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="I72" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>490</v>
       </c>
       <c r="B73" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C73" t="s">
         <v>12</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="H73" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="I73" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>490</v>
       </c>
       <c r="B74" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C74" t="s">
         <v>12</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="H74" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="I74" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>490</v>
       </c>
       <c r="B75" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C75" t="s">
         <v>12</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="H75" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="I75" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>490</v>
       </c>
       <c r="B76" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C76" t="s">
         <v>12</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="H76" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="I76" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>490</v>
       </c>
       <c r="B77" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C77" t="s">
         <v>12</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="H77" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="I77" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>490</v>
       </c>
       <c r="B78" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C78" t="s">
         <v>12</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="H78" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="I78" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>490</v>
       </c>
       <c r="B79" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C79" t="s">
         <v>12</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="H79" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="I79" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>490</v>
       </c>
       <c r="B80" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C80" t="s">
         <v>12</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="H80" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="I80" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>490</v>
       </c>
       <c r="B81" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C81" t="s">
         <v>12</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="H81" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="I81" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>490</v>
       </c>
       <c r="B82" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C82" t="s">
         <v>12</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="H82" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="I82" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>490</v>
       </c>
       <c r="B83" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C83" t="s">
         <v>12</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="H83" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="I83" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>490</v>
       </c>
       <c r="B84" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="C84" t="s">
         <v>12</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="H84" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="I84" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>490</v>
       </c>
       <c r="B85" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C85" t="s">
         <v>12</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="H85" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="I85" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>490</v>
       </c>
       <c r="B86" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C86" t="s">
         <v>12</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="E86" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="H86" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="I86" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>490</v>
       </c>
       <c r="B87" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C87" t="s">
         <v>12</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="E87" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="H87" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="I87" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>490</v>
       </c>
       <c r="B88" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C88" t="s">
         <v>12</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="H88" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="I88" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>490</v>
       </c>
       <c r="B89" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="C89" t="s">
         <v>12</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="H89" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="I89" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>490</v>
       </c>
       <c r="B90" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C90" t="s">
         <v>12</v>
       </c>
       <c r="D90" t="s">
         <v>12</v>
       </c>
       <c r="E90" t="s">
-        <v>841</v>
+        <v>836</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="H90" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="I90" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>490</v>
       </c>
       <c r="B91" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C91" t="s">
         <v>12</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
       <c r="E91" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="H91" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="I91" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>490</v>
       </c>
       <c r="B92" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C92" t="s">
         <v>12</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="H92" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="I92" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>490</v>
       </c>
       <c r="B93" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C93" t="s">
         <v>12</v>
       </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="H93" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="I93" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>490</v>
       </c>
       <c r="B94" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="C94" t="s">
         <v>12</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="H94" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="I94" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>490</v>
       </c>
       <c r="B95" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C95" t="s">
         <v>12</v>
       </c>
       <c r="D95" t="s">
         <v>12</v>
       </c>
       <c r="E95" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="H95" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="I95" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>490</v>
       </c>
       <c r="B96" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C96" t="s">
         <v>12</v>
       </c>
       <c r="D96" t="s">
         <v>12</v>
       </c>
       <c r="E96" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="H96" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="I96" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>490</v>
       </c>
       <c r="B97" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C97" t="s">
         <v>12</v>
       </c>
       <c r="D97" t="s">
         <v>12</v>
       </c>
       <c r="E97" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="H97" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="I97" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>490</v>
       </c>
       <c r="B98" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C98" t="s">
         <v>12</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
       <c r="E98" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="H98" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="I98" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>490</v>
       </c>
       <c r="B99" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C99" t="s">
         <v>12</v>
       </c>
       <c r="D99" t="s">
         <v>12</v>
       </c>
       <c r="E99" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="H99" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="I99" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>490</v>
       </c>
       <c r="B100" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="C100" t="s">
         <v>12</v>
       </c>
       <c r="D100" t="s">
         <v>12</v>
       </c>
       <c r="E100" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="H100" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="I100" t="s">
-        <v>495</v>
+        <v>500</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>490</v>
+      </c>
+      <c r="B101" t="s">
+        <v>885</v>
+      </c>
+      <c r="C101" t="s">
+        <v>12</v>
+      </c>
+      <c r="D101" t="s">
+        <v>12</v>
+      </c>
+      <c r="E101" t="s">
+        <v>886</v>
+      </c>
+      <c r="F101" t="s">
+        <v>12</v>
+      </c>
+      <c r="G101" t="s">
+        <v>887</v>
+      </c>
+      <c r="H101" t="s">
+        <v>888</v>
+      </c>
+      <c r="I101" t="s">
+        <v>500</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B2" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="C2" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="D2" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="E2" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="H2" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B3" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="C3" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="D3" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="E3" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="H3" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B4" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="C4" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="D4" t="s">
-        <v>893</v>
+        <v>904</v>
       </c>
       <c r="E4" t="s">
-        <v>894</v>
+        <v>905</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="H4" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B5" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="C5" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
       <c r="D5" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="E5" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="H5" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B6" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="C6" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="D6" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="E6" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="H6" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B7" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="C7" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="D7" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="E7" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="H7" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B8" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="C8" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="D8" t="s">
-        <v>915</v>
+        <v>926</v>
       </c>
       <c r="E8" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
       <c r="H8" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B9" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="C9" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="D9" t="s">
         <v>926</v>
       </c>
       <c r="E9" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="H9" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B10" t="s">
-        <v>924</v>
+        <v>935</v>
       </c>
       <c r="C10" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="D10" t="s">
-        <v>926</v>
+        <v>937</v>
       </c>
       <c r="E10" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="H10" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B11" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C11" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="D11" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="E11" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="H11" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B12" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="C12" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="D12" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="E12" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="H12" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B13" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="C13" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="D13" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="E13" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="H13" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B14" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="C14" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="D14" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="E14" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="H14" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B15" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="C15" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
       <c r="D15" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="E15" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="H15" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B16" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C16" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="D16" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="E16" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="H16" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B17" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="C17" t="s">
-        <v>970</v>
+        <v>975</v>
       </c>
       <c r="D17" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="E17" t="s">
-        <v>972</v>
+        <v>977</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="H17" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B18" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="C18" t="s">
-        <v>12</v>
+        <v>981</v>
       </c>
       <c r="D18" t="s">
-        <v>976</v>
+        <v>982</v>
       </c>
       <c r="E18" t="s">
-        <v>972</v>
+        <v>983</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>977</v>
+        <v>984</v>
       </c>
       <c r="H18" t="s">
-        <v>978</v>
+        <v>985</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B19" t="s">
-        <v>979</v>
+        <v>986</v>
       </c>
       <c r="C19" t="s">
-        <v>980</v>
+        <v>12</v>
       </c>
       <c r="D19" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
       <c r="E19" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="H19" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B20" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="C20" t="s">
-        <v>12</v>
+        <v>991</v>
       </c>
       <c r="D20" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
       <c r="E20" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="H20" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B21" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="C21" t="s">
-        <v>991</v>
+        <v>12</v>
       </c>
       <c r="D21" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="E21" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="H21" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B22" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="C22" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
       <c r="D22" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="E22" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="H22" t="s">
-        <v>1001</v>
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>889</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1012</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1002</v>
+        <v>1013</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>1003</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1004</v>
+        <v>1015</v>
       </c>
       <c r="B2" t="s">
-        <v>1005</v>
+        <v>1016</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>1006</v>
+        <v>1017</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>1007</v>
+        <v>1018</v>
       </c>
       <c r="H2" t="s">
-        <v>1008</v>
+        <v>1019</v>
       </c>
       <c r="I2" t="s">
-        <v>1009</v>
+        <v>1020</v>
       </c>
       <c r="J2" t="s">
-        <v>1010</v>
+        <v>1021</v>
       </c>
       <c r="K2" t="s">
-        <v>1011</v>
+        <v>1022</v>
       </c>
       <c r="L2" t="s">
-        <v>1012</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1004</v>
+        <v>1015</v>
       </c>
       <c r="B3" t="s">
-        <v>1013</v>
+        <v>1024</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>1014</v>
+        <v>1025</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>1015</v>
+        <v>1026</v>
       </c>
       <c r="H3" t="s">
-        <v>1016</v>
+        <v>1027</v>
       </c>
       <c r="I3" t="s">
-        <v>1017</v>
+        <v>1028</v>
       </c>
       <c r="J3" t="s">
-        <v>1018</v>
+        <v>1029</v>
       </c>
       <c r="K3" t="s">
-        <v>1019</v>
+        <v>1030</v>
       </c>
       <c r="L3" t="s">
-        <v>1020</v>
+        <v>1031</v>
       </c>
       <c r="M3" t="s">
-        <v>1021</v>
+        <v>1032</v>
       </c>
       <c r="N3" t="s">
-        <v>1022</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1004</v>
+        <v>1015</v>
       </c>
       <c r="B4" t="s">
-        <v>1023</v>
+        <v>1034</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>1024</v>
+        <v>1035</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>1025</v>
+        <v>1036</v>
       </c>
       <c r="H4" t="s">
-        <v>1026</v>
+        <v>1037</v>
       </c>
       <c r="I4" t="s">
-        <v>1017</v>
+        <v>1028</v>
       </c>
       <c r="J4" t="s">
-        <v>1027</v>
+        <v>1038</v>
       </c>
       <c r="K4" t="s">
-        <v>1028</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1004</v>
+        <v>1015</v>
       </c>
       <c r="B5" t="s">
-        <v>1029</v>
+        <v>1040</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>1030</v>
+        <v>1041</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>1031</v>
+        <v>1042</v>
       </c>
       <c r="H5" t="s">
-        <v>1032</v>
+        <v>1043</v>
       </c>
       <c r="I5" t="s">
-        <v>1017</v>
+        <v>1028</v>
       </c>
       <c r="J5" t="s">
-        <v>1033</v>
+        <v>1044</v>
       </c>
       <c r="K5" t="s">
-        <v>1034</v>
+        <v>1045</v>
       </c>
       <c r="L5" t="s">
-        <v>1035</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1004</v>
+        <v>1015</v>
       </c>
       <c r="B6" t="s">
-        <v>1036</v>
+        <v>1047</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>1037</v>
+        <v>1048</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>1038</v>
+        <v>1049</v>
       </c>
       <c r="H6" t="s">
-        <v>1039</v>
+        <v>1050</v>
       </c>
       <c r="I6" t="s">
-        <v>1017</v>
+        <v>1028</v>
       </c>
       <c r="J6" t="s">
-        <v>1040</v>
+        <v>1051</v>
       </c>
       <c r="K6" t="s">
-        <v>1041</v>
+        <v>1052</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>