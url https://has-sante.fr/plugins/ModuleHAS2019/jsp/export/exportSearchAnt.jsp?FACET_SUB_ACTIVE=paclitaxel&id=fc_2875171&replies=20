--- v1 (2025-12-20)
+++ v2 (2026-02-15)
@@ -1,10031 +1,611 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2066" uniqueCount="1053">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="61">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ACOART LITOS</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>08/04/2025 00:00:00</t>
-[...1238 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Bon usage des agents antiplaquettaires</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+    <t>Patient selection criteria for at-home cancer chemotherapy</t>
+  </si>
+  <si>
+    <t>To establish consensus guidelines for selecting patients for at-home chemotherapy and for ensuring that this chemotherapy is administered to standards that are as safe as those of conventional hospitalisation and of similar quality.</t>
+  </si>
+  <si>
+    <t>09/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3471037/fr/actualisation-2023-utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-rh-/her2-de-stade-precoce</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>2023 update: clinical utility of genomic signatures in early-stage HR-positive/HER2-negative breast cancer - InaHTA Brief</t>
+  </si>
+  <si>
+    <t>In 2019, the French National Authority for Health (HAS) evaluated the clinical utility of four genomic signatures (Oncotype Dx, Mammaprint, Prosigna, Endopredict) in early-stage hormone-receptor-positive (HR+) breast cancer with HER2-negative status (HER2-). Genomic signatures could be used as a guide to safely de-escalate adjuvant chemotherapy (ACT) in certain patient profiles in situations of clear decision-making uncertainty, with a low or favourable genomic score enabling the avoidance of unnecessary decisions to administer ACT. Based on the data available and the consultations carried out at the time, the HAS had returned an unfavourable opinion for coverage of testing for these four genomic signatures. But it issued a favourable opinion for temporary funding as part of a specific funding program for research and innovation (RIHN) to maintain access to these innovative tests in a potential population of interest. In 2021 and 2022, the publication of new intermediate data led to changes being made to several international guidelines, reporting a risk of loss of chance in terms of oncological outcome in some premenopausal patients aged 50 or under linked to genomic signatures. At the end of 2022, in view of this risk of loss of chance in terms of oncological outcome, the HAS decided to update its assessment of the four genomic signatures and to redefine the scope of the eligible target population to guarantee the oncological safety of patients and limit the risk of misuse by healthcare professionals</t>
+  </si>
+  <si>
+    <t>10/19/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471037/en/2023-update-clinical-utility-of-genomic-signatures-in-early-stage-hr-positive/her2-negative-breast-cancer-inahta-brief</t>
   </si>
   <si>
     <t>p_3471037</t>
   </si>
   <si>
-    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) consists, after prior cytoreductive surgery (curative indications, peritoneal carcinomatosis) or not (preventive indications, for the said carcinomatosis), in delivering a heated chemotherapy treatment to the abdominal cavity. The two objectives of this report were: question 1: to assess the efficacy and safety of the HIPEC procedure associated or not with prior cytoreductive surgery in order to define which indications are approved/non-approved; question 2: to define the conditions in which the HIPEC procedure is carried out associated or not with prior cytoreductive surgery, and of the ensuing hospitalisation; along with the preoperative preparation required and methods of post-hospitalisation follow-up.</t>
+  </si>
+  <si>
+    <t>06/17/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/21/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
   </si>
   <si>
     <t>p_3168690</t>
   </si>
   <si>
-    <t>Endoprothèses coronaires (stents) - Rapport d'étude</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019236/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-col-de-l-uterus</t>
+    <t>Conformational intensity-modulated radiation therapy in cervical cancer</t>
+  </si>
+  <si>
+    <t>to assess the clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of cervical cancer, in view of reimbursement of IMRT by National Health Insurance, the comparator being conformational three-dimensional radiation therapy (3D-CRT)</t>
+  </si>
+  <si>
+    <t>01/28/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2015 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
   </si>
   <si>
     <t>c_2019236</t>
   </si>
   <si>
-    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...1601 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3184917/fr/pazenir-paclitaxel-dans-une-formulation-de-nanoparticules-liees-a-l-albumine</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ABRAXANE (paclitaxel)</t>
   </si>
   <si>
-    <t>30/09/2016 16:30:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983972/fr/abraxane-paclitaxel</t>
+    <t>09/30/2016 16:30:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983972/en/abraxane-paclitaxel</t>
   </si>
   <si>
     <t>pprd_2983972</t>
   </si>
   <si>
     <t>paclitaxel</t>
   </si>
   <si>
     <t>CELGENE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_923057/fr/abraxane-paclitaxel</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400011/fr/paxene-6-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-16-7-ml-boite-de-1-paxene-6-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-50-ml-boite-de-1</t>
+    <t>https://www.has-sante.fr/jcms/c_923057/en/abraxane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775575/en/abraxane-paclitaxel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774154/en/abraxane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671725/en/abraxane-paclitaxel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J75"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...2409 lines deleted...]
-        <v>408</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...91 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>421</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>422</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>423</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>424</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>425</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>426</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>427</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>421</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
-        <v>428</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>429</v>
+        <v>30</v>
       </c>
       <c r="D3" t="s">
-        <v>430</v>
+        <v>31</v>
       </c>
       <c r="E3" t="s">
-        <v>431</v>
+        <v>32</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>432</v>
+        <v>33</v>
       </c>
       <c r="H3" t="s">
-        <v>433</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>421</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>434</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>435</v>
+        <v>36</v>
       </c>
       <c r="D4" t="s">
-        <v>436</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
-        <v>437</v>
+        <v>38</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>438</v>
+        <v>39</v>
       </c>
       <c r="H4" t="s">
-        <v>439</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>421</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>440</v>
+        <v>41</v>
       </c>
       <c r="C5" t="s">
-        <v>441</v>
+        <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>442</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
-        <v>443</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>444</v>
+        <v>45</v>
       </c>
       <c r="H5" t="s">
-        <v>445</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>47</v>
+      </c>
+      <c r="J1" t="s">
+        <v>48</v>
+      </c>
+      <c r="K1" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>50</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>51</v>
       </c>
       <c r="C2" t="s">
-        <v>448</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>449</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>450</v>
+        <v>52</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>451</v>
+        <v>53</v>
       </c>
       <c r="H2" t="s">
-        <v>452</v>
-[...224 lines deleted...]
-        <v>494</v>
+        <v>54</v>
       </c>
       <c r="I2" t="s">
-        <v>495</v>
-[...3560 lines deleted...]
-        <v>1020</v>
+        <v>55</v>
       </c>
       <c r="J2" t="s">
-        <v>1021</v>
+        <v>56</v>
       </c>
       <c r="K2" t="s">
-        <v>1022</v>
+        <v>57</v>
       </c>
       <c r="L2" t="s">
-        <v>1023</v>
-[...151 lines deleted...]
-        <v>1052</v>
+        <v>58</v>
+      </c>
+      <c r="M2" t="s">
+        <v>59</v>
+      </c>
+      <c r="N2" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>