--- v2 (2026-02-15)
+++ v3 (2026-02-15)
@@ -1,611 +1,10075 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2074" uniqueCount="1059">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/08/2020 16:50:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ACOART LITOS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>08/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2025 08:58:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605735/fr/acoart-litos</t>
+  </si>
+  <si>
+    <t>p_3605735</t>
+  </si>
+  <si>
+    <t>Ballon périphérique à élution de paclitaxel</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>ELUVIA</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/03/2025 08:53:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593830/fr/eluvia</t>
+  </si>
+  <si>
+    <t>p_3593830</t>
+  </si>
+  <si>
+    <t>Endoprothèse périphérique à libération de principe actif (paclitaxel)</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS (France)</t>
+  </si>
+  <si>
+    <t>OPTILUME</t>
+  </si>
+  <si>
+    <t>28/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2025 16:35:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588271/fr/optilume</t>
+  </si>
+  <si>
+    <t>p_3588271</t>
+  </si>
+  <si>
+    <t>Cathéter urétral à ballonnet à élution de paclitaxel</t>
+  </si>
+  <si>
+    <t>Laborie Medical Technologies (USA)</t>
+  </si>
+  <si>
+    <t>ZILVER PTX</t>
+  </si>
+  <si>
+    <t>04/02/2025 08:23:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587266/fr/zilver-ptx</t>
+  </si>
+  <si>
+    <t>p_3587266</t>
+  </si>
+  <si>
+    <t>COOK FRANCE</t>
+  </si>
+  <si>
+    <t>LUTONIX 035</t>
+  </si>
+  <si>
+    <t>07/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2023 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417216/fr/lutonix-035</t>
+  </si>
+  <si>
+    <t>p_3417216</t>
+  </si>
+  <si>
+    <t>BECTON DICKINSON FRANCE SAS</t>
+  </si>
+  <si>
+    <t>SEQUENT PLEASE NEO</t>
+  </si>
+  <si>
+    <t>06/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2023 15:06:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3400568/fr/sequent-please-neo</t>
+  </si>
+  <si>
+    <t>p_3400568</t>
+  </si>
+  <si>
+    <t>Ballon coronaire actif à libération de  paclitaxel</t>
+  </si>
+  <si>
+    <t>B.BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>LUTONIX 018</t>
+  </si>
+  <si>
+    <t>21/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2022 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351104/fr/lutonix-018</t>
+  </si>
+  <si>
+    <t>p_3351104</t>
+  </si>
+  <si>
+    <t>BECTON DICKINSON (France) anciennement BARD France SAS</t>
+  </si>
+  <si>
+    <t>16/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 12:02:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298819/fr/sequent-please-neo</t>
+  </si>
+  <si>
+    <t>p_3298819</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>IN.PACT ADMIRAL</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2021 16:49:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291802/fr/in-pact-admiral</t>
+  </si>
+  <si>
+    <t>p_3291802</t>
+  </si>
+  <si>
+    <t>Ballon à élution de paclitaxel</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>PANTERA LUX</t>
+  </si>
+  <si>
+    <t>Traitement de la première resténose clinique intra-stent nu (c’est-à-dire réapparition des symptômes ischémiques nécessitant une nouvelle revascularisation de l’artère). Traitement de la première resténose clinique intra-stent actif (c’est-à-dire réapparition des symptômes ischémiques nécessitant une nouvelle revascularisation de l’artère).</t>
+  </si>
+  <si>
+    <t>20/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2021 10:14:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287277/fr/pantera-lux</t>
+  </si>
+  <si>
+    <t>p_3287277</t>
+  </si>
+  <si>
+    <t>Ballon actif à libération de paclitaxel</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE SAS</t>
+  </si>
+  <si>
+    <t>AGENT</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2021 10:15:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287783/fr/agent</t>
+  </si>
+  <si>
+    <t>p_3287783</t>
+  </si>
+  <si>
+    <t>STELLAREX</t>
+  </si>
+  <si>
+    <t>13/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:21:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267481/fr/stellarex</t>
+  </si>
+  <si>
+    <t>p_3267481</t>
+  </si>
+  <si>
+    <t>SPECTRANETICS FRANCE</t>
+  </si>
+  <si>
+    <t>CRE8</t>
+  </si>
+  <si>
+    <t>05/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/01/2020 17:08:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122217/fr/cre8</t>
+  </si>
+  <si>
+    <t>p_3122217</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>ALVIMEDICA MEDICAL TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>ROTAPRO</t>
+  </si>
+  <si>
+    <t>03/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2019 10:33:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135348/fr/rotapro</t>
+  </si>
+  <si>
+    <t>p_3135348</t>
+  </si>
+  <si>
+    <t>système d’athérectomie rotationnelle</t>
+  </si>
+  <si>
+    <t>iVASCULAR LUMINOR 18 et 35</t>
+  </si>
+  <si>
+    <t>16/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2019 15:27:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3099504/fr/ivascular-luminor-18-et-35</t>
+  </si>
+  <si>
+    <t>p_3099504</t>
+  </si>
+  <si>
+    <t>ballon à élution de paclitaxel</t>
+  </si>
+  <si>
+    <t>iVASCULAR France SAS</t>
+  </si>
+  <si>
+    <t>30/08/2019 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098915/fr/stellarex</t>
+  </si>
+  <si>
+    <t>p_3098915</t>
+  </si>
+  <si>
+    <t>SPECTRANETICS FRANCE Sarl</t>
+  </si>
+  <si>
+    <t>18/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2019 11:11:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896421/fr/eluvia</t>
+  </si>
+  <si>
+    <t>c_2896421</t>
+  </si>
+  <si>
+    <t>endoprothèse périphérique à libération de principe actif (paclitaxel)</t>
+  </si>
+  <si>
+    <t>LUTONIX 035 (modèle 9004)</t>
+  </si>
+  <si>
+    <t>29/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853360/fr/lutonix-035-modele-9004</t>
+  </si>
+  <si>
+    <t>c_2853360</t>
+  </si>
+  <si>
+    <t>BARD FRANCE SAS</t>
+  </si>
+  <si>
+    <t>RANGER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854131/fr/ranger</t>
+  </si>
+  <si>
+    <t>c_2854131</t>
+  </si>
+  <si>
+    <t>ballonnet à élution de paclitaxel</t>
+  </si>
+  <si>
+    <t>Ballonnet à élution de paclitaxel</t>
+  </si>
+  <si>
+    <t>05/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2018 17:08:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2811235/fr/ranger</t>
+  </si>
+  <si>
+    <t>c_2811235</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC</t>
+  </si>
+  <si>
+    <t>Ballon à élution de principe actif</t>
+  </si>
+  <si>
+    <t>02/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2017 12:41:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791935/fr/ranger</t>
+  </si>
+  <si>
+    <t>c_2791935</t>
+  </si>
+  <si>
+    <t>Endoprothèse vasculaire périphérique</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792351/fr/zilver-ptx</t>
+  </si>
+  <si>
+    <t>c_2792351</t>
+  </si>
+  <si>
+    <t>MAGMARIS</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif entièrement biorésorbable</t>
+  </si>
+  <si>
+    <t>21/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2017 15:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752881/fr/magmaris</t>
+  </si>
+  <si>
+    <t>c_2752881</t>
+  </si>
+  <si>
+    <t>24/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2017 12:07:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744780/fr/stellarex</t>
+  </si>
+  <si>
+    <t>c_2744780</t>
+  </si>
+  <si>
+    <t>Endoprothèse vasculaire périphérique à libération de paclitaxel</t>
+  </si>
+  <si>
+    <t>04/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2016 09:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2677779/fr/zilver-ptx</t>
+  </si>
+  <si>
+    <t>c_2677779</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/07/2014 17:13:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752088/fr/cre8</t>
+  </si>
+  <si>
+    <t>c_1752088</t>
+  </si>
+  <si>
+    <t>CID S.p.A.</t>
+  </si>
+  <si>
+    <t>PROMUS PREMIER , système de stent coronaire à élution d'everolimus</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>14/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2013 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598316/fr/promus-premier-systeme-de-stent-coronaire-a-elution-d-everolimus</t>
+  </si>
+  <si>
+    <t>c_1598316</t>
+  </si>
+  <si>
+    <t>SYNERGY</t>
+  </si>
+  <si>
+    <t>23/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2013 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1536376/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_1536376</t>
+  </si>
+  <si>
+    <t>Gamme Xience XPEDITION, Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>Système d'endoprothèse coronaire à élution d'everolimus</t>
+  </si>
+  <si>
+    <t>18/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2013 17:08:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1350928/fr/gamme-xience-xpedition-endoprothese-coronaire-a-liberation-de-principe-actif</t>
+  </si>
+  <si>
+    <t>c_1350928</t>
+  </si>
+  <si>
+    <t>ABBOTT Vascular</t>
+  </si>
+  <si>
+    <t>Gamme Xience PRIME, endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>Système d'Endoprothèse Coronaire à Elution d'Everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1350943/fr/gamme-xience-prime-endoprothese-coronaire-a-liberation-de-principe-actif</t>
+  </si>
+  <si>
+    <t>c_1350943</t>
+  </si>
+  <si>
+    <t>Gamme Xience V, endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1350944/fr/gamme-xience-v-endoprothese-coronaire-a-liberation-de-principe-actif</t>
+  </si>
+  <si>
+    <t>c_1350944</t>
+  </si>
+  <si>
+    <t>CRE8 -  15 mai 2012 (4218) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>29/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 14:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1237054/fr/cre8-15-mai-2012-4218-avis</t>
+  </si>
+  <si>
+    <t>c_1237054</t>
+  </si>
+  <si>
+    <t>CID Vascular Sarl (France)</t>
+  </si>
+  <si>
+    <t>TAXUS ELEMENT - 29 novembre 2011 (3996) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de paclitaxel (produit actif pharmacologiquement) Cardiologie interventionnelle – Nouvelle indication Partage avec CYPHER du progrès mineur par rapport au pontage aorto-coronarien dans la sténose du tronc commun gauche non protégé</t>
+  </si>
+  <si>
+    <t>29/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2011 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1122211/fr/taxus-element-29-novembre-2011-3996-avis</t>
+  </si>
+  <si>
+    <t>c_1122211</t>
+  </si>
+  <si>
+    <t>ZILVER PTX - 09 novembre 2010 (2807) avis</t>
+  </si>
+  <si>
+    <t>09/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/09/2011 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996539/fr/zilver-ptx-09-novembre-2010-2807-avis</t>
+  </si>
+  <si>
+    <t>c_996539</t>
+  </si>
+  <si>
+    <t>COOK France</t>
+  </si>
+  <si>
+    <t>XIENCE V - 22 mars 2011 (3398) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès mineur par rapport à une autre endoprothèse coronaire enrobée de paclitaxel (TAXUS) dans les lésions monotronculaires à haut risque de resténose. Partage avec TAXUS du progrès thérapeutique par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose.</t>
+  </si>
+  <si>
+    <t>22/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2011 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1033010/fr/xience-v-22-mars-2011-3398-avis</t>
+  </si>
+  <si>
+    <t>c_1033010</t>
+  </si>
+  <si>
+    <t>ABBOTT (France)</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - 22 mars 2011 (3399) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1033013/fr/xience-prime-22-mars-2011-3399-avis</t>
+  </si>
+  <si>
+    <t>c_1033013</t>
+  </si>
+  <si>
+    <t>PROMUS ELEMENT - 12 octobre 2010 (3009) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès thérapeutique mineur par rapport à une autre endoprothèse coronaire enrobée de paclitaxel (TAXUS) dans les lésions monotronculaires à haut risque de resténose. Progrès thérapeutique mineur (partagé avec TAXUS) par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose.</t>
+  </si>
+  <si>
+    <t>12/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>19/10/2010 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991915/fr/promus-element-12-octobre-2010-3009-avis</t>
+  </si>
+  <si>
+    <t>c_991915</t>
+  </si>
+  <si>
+    <t>PROMUS - 12 octobre 2010 (3009) avis</t>
+  </si>
+  <si>
+    <t>18/10/2010 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991919/fr/promus-12-octobre-2010-3009-avis</t>
+  </si>
+  <si>
+    <t>c_991919</t>
+  </si>
+  <si>
+    <t>TAXUS ELEMENT - 14 septembre 2010 (2721) avis</t>
+  </si>
+  <si>
+    <t>14/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2010 13:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_980895/fr/taxus-element-14-septembre-2010-2721-avis</t>
+  </si>
+  <si>
+    <t>c_980895</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS France</t>
+  </si>
+  <si>
+    <t>XIENCE V - 29 juin 2010 (2533) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès mineur par rapport à une autre endoprothèse coronaire enrobée de paclitaxel (TAXUS) dans les lésions monotronculaires à haut risque de resténose Progrès thérapeutique mineur (partagé avec TAXUS) par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose</t>
+  </si>
+  <si>
+    <t>29/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2010 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973400/fr/xience-v-29-juin-2010-2533-avis</t>
+  </si>
+  <si>
+    <t>c_973400</t>
+  </si>
+  <si>
+    <t>ABBOTT France</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - 29 juin 2010 (2532) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973407/fr/xience-prime-29-juin-2010-2532-avis</t>
+  </si>
+  <si>
+    <t>c_973407</t>
+  </si>
+  <si>
+    <t>ENDEAVOR SPRINT RX - 04 mai 2010 (2377) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de zotarolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès thérapeutique mineur (partagé avec TAXUS autre endoprothèse coronaire enrobée de paclitaxel) () par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose</t>
+  </si>
+  <si>
+    <t>04/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2010 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950917/fr/endeavor-sprint-rx-04-mai-2010-2377-avis</t>
+  </si>
+  <si>
+    <t>c_950917</t>
+  </si>
+  <si>
+    <t>MEDTRONIC S.A.S.</t>
+  </si>
+  <si>
+    <t>ENDEAVOR - 04 mai 2010 (2373) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950926/fr/endeavor-04-mai-2010-2373-avis</t>
+  </si>
+  <si>
+    <t>c_950926</t>
+  </si>
+  <si>
+    <t>PROMUS ELEMENT - CNEDiMTS du 08 décembre 2009 (2311)</t>
+  </si>
+  <si>
+    <t>08/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2009 15:47:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_892686/fr/promus-element-cnedimts-du-08-decembre-2009-2311</t>
+  </si>
+  <si>
+    <t>c_892686</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - CNEDiMTS du 22 septembre 2009 (2246)</t>
+  </si>
+  <si>
+    <t>22/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2009 17:36:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864993/fr/xience-prime-cnedimts-du-22-septembre-2009-2246</t>
+  </si>
+  <si>
+    <t>c_864993</t>
+  </si>
+  <si>
+    <t>ABBOTT France SAS</t>
+  </si>
+  <si>
+    <t>HELISTENT TITAN 2 - CEPP du 09 juin 2009 (1956)</t>
+  </si>
+  <si>
+    <t>09/06/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2009 11:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818158/fr/helistent-titan-2-cepp-du-09-juin-2009-1956</t>
+  </si>
+  <si>
+    <t>c_818158</t>
+  </si>
+  <si>
+    <t>HEXACATH France</t>
+  </si>
+  <si>
+    <t>TAXUS LIBERTE - CEPP du 01 septembre 2009 (2107)</t>
+  </si>
+  <si>
+    <t>01/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840620/fr/taxus-liberte-cepp-du-01-septembre-2009-2107</t>
+  </si>
+  <si>
+    <t>c_840620</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SA (France)</t>
+  </si>
+  <si>
+    <t>NOBORI - CEPP du 07 juillet 2009 (2086)</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de biolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>07/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>09/09/2009 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840790/fr/nobori-cepp-du-07-juillet-2009-2086</t>
+  </si>
+  <si>
+    <t>c_840790</t>
+  </si>
+  <si>
+    <t>TERUMO France S.A.</t>
+  </si>
+  <si>
+    <t>BIOMATRIX - CEPP du 07 juillet 2009 (2085)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840794/fr/biomatrix-cepp-du-07-juillet-2009-2085</t>
+  </si>
+  <si>
+    <t>c_840794</t>
+  </si>
+  <si>
+    <t>BIOSENSORS Int. France SARL</t>
+  </si>
+  <si>
+    <t>TAXUS LIBERTE</t>
+  </si>
+  <si>
+    <t>03/03/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/03/2009 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_783972/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_783972</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SA France</t>
+  </si>
+  <si>
+    <t>03/03/2009 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773453/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_773453</t>
+  </si>
+  <si>
+    <t>Commission d'Evaluation des Produits et Prestations (CEPP)</t>
+  </si>
+  <si>
+    <t>02/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2008 18:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725165/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_725165</t>
+  </si>
+  <si>
+    <t>ENDEAVOR</t>
+  </si>
+  <si>
+    <t>28/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2008 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_716885/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_716885</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France S.A.S.</t>
+  </si>
+  <si>
+    <t>NOBORI</t>
+  </si>
+  <si>
+    <t>14/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2008 18:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703389/fr/nobori</t>
+  </si>
+  <si>
+    <t>c_703389</t>
+  </si>
+  <si>
+    <t>TERUMO France</t>
+  </si>
+  <si>
+    <t>10/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2008 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671429/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_671429</t>
+  </si>
+  <si>
+    <t>CYPHER SELECT PLUS</t>
+  </si>
+  <si>
+    <t>13/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2008 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666117/fr/cypher-select-plus</t>
+  </si>
+  <si>
+    <t>c_666117</t>
+  </si>
+  <si>
+    <t>CORDIS S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>CYPHER SELECT</t>
+  </si>
+  <si>
+    <t>13/05/2008 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666118/fr/cypher-select</t>
+  </si>
+  <si>
+    <t>c_666118</t>
+  </si>
+  <si>
+    <t>HELISTENT TITAN 2</t>
+  </si>
+  <si>
+    <t>27/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2008 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_667032/fr/helistent-titan-2</t>
+  </si>
+  <si>
+    <t>c_667032</t>
+  </si>
+  <si>
+    <t>ENDEAVOR Sprint RX</t>
+  </si>
+  <si>
+    <t>15/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2008 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_658716/fr/endeavor-sprint-rx</t>
+  </si>
+  <si>
+    <t>c_658716</t>
+  </si>
+  <si>
+    <t>PICO ELITE</t>
+  </si>
+  <si>
+    <t>01/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2008 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_643789/fr/pico-elite</t>
+  </si>
+  <si>
+    <t>c_643789</t>
+  </si>
+  <si>
+    <t>AMG VASCULAR PRODUCTS GMBH (Allemagne)</t>
+  </si>
+  <si>
+    <t>28/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2008 16:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616564/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_616564</t>
+  </si>
+  <si>
+    <t>TAXUS LIBERTE LONG</t>
+  </si>
+  <si>
+    <t>31/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>31/10/2007 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603236/fr/taxus-liberte-long</t>
+  </si>
+  <si>
+    <t>c_603236</t>
+  </si>
+  <si>
+    <t>PROMUS</t>
+  </si>
+  <si>
+    <t>27/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/06/2007 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572582/fr/promus</t>
+  </si>
+  <si>
+    <t>c_572582</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SA</t>
+  </si>
+  <si>
+    <t>XIENCE V</t>
+  </si>
+  <si>
+    <t>27/06/2007 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572610/fr/xience-v</t>
+  </si>
+  <si>
+    <t>c_572610</t>
+  </si>
+  <si>
+    <t>04/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2007 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517989/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_517989</t>
+  </si>
+  <si>
+    <t>25/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2006 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455178/fr/cypher-select</t>
+  </si>
+  <si>
+    <t>c_455178</t>
+  </si>
+  <si>
+    <t>11/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2006 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455477/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_455477</t>
+  </si>
+  <si>
+    <t>TAXUS EXPRESS 2</t>
+  </si>
+  <si>
+    <t>05/11/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398474/fr/taxus-express-2</t>
+  </si>
+  <si>
+    <t>c_398474</t>
+  </si>
+  <si>
+    <t>Boston Scientific SA</t>
+  </si>
+  <si>
+    <t>26/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398556/fr/taxus-express-2</t>
+  </si>
+  <si>
+    <t>c_398556</t>
+  </si>
+  <si>
+    <t>CYPHER</t>
+  </si>
+  <si>
+    <t>18/05/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398629/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398629</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398630/fr/cypher-select</t>
+  </si>
+  <si>
+    <t>c_398630</t>
+  </si>
+  <si>
+    <t>23/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398722/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_398722</t>
+  </si>
+  <si>
+    <t>TAXUS EXPRESS</t>
+  </si>
+  <si>
+    <t>03/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398797/fr/taxus-express</t>
+  </si>
+  <si>
+    <t>c_398797</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398798/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_398798</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer du sein</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer du sein à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2015 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024559/fr/depistage-et-prevention-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_2024559</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_1650525</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Patient selection criteria for at-home cancer chemotherapy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3471037/en/2023-update-clinical-utility-of-genomic-signatures-in-early-stage-hr-positive/her2-negative-breast-cancer-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation 2023 : utilité clinique des signatures génomiques dans le cancer du sein RH+/HER2- de stade précoce</t>
+  </si>
+  <si>
+    <t>Ce travail est une actualisation du précédent rapport d’évaluation de 2019 portant sur l’utilité clinique des signatures génomiques dans le cancer du sein RH+/HER2- de stade précoce. Ces tests sont revendiqués comme étant pronostiques et/ou prédictifs de l’efficacité de la chimiothérapie adjuvante (CTA). Dans les deux cas, ils permettraient de sursoir à une CTA inutile en cas de score génomique favorable</t>
+  </si>
+  <si>
+    <t>19/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471037/fr/actualisation-2023-utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-rh-/her2-de-stade-precoce</t>
   </si>
   <si>
     <t>p_3471037</t>
   </si>
   <si>
-    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de l’acte de chimiohyperthermie intrapéritonéale associée ou non à une cytoréduction préalable. L'objectif est de définir les indications, les conditions de réalisation de l’acte associée ou non à une cytoréduction préalable, de l’hospitalisation et, enfin du suivi post-hospitalisation.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
   </si>
   <si>
     <t>p_3168690</t>
   </si>
   <si>
-    <t>Conformational intensity-modulated radiation therapy in cervical cancer</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude</t>
+  </si>
+  <si>
+    <t>Cette étude porte sur l’ensemble des patients ayant eu une pose de stents en 2014, soit plus de 100 000 patients de plus de 18 ans. Elle apporte une description précise des pratiques actuelles des angioplasties coronaires avec pose de stents et montre notamment que la majorité des stents posés (74 %) sont actifs. Elle montre également que les malades qui ne reçoivent pas de stents actifs sont préférentiellement ceux qui ont un fort risque hémorragique et/ou une faible espérance de vie.</t>
+  </si>
+  <si>
+    <t>01/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2016 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659301/fr/endoprotheses-coronaires-stents-rapport-d-etude</t>
+  </si>
+  <si>
+    <t>c_2659301</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Examens biologiques de recherche du virus d’Epstein Barr (EBV) dans la prise en charge du carcinome du rhinopharynx</t>
+  </si>
+  <si>
+    <t>Evaluation de la mesure de la charge virale du virus d’Epstein-Barr (EBV) par amplification génique (PCR) et de la recherche des anticorps sériques anti-EBV dans le cadre du carcinome indifférencié du rhinopharynx (cancer du cavum)</t>
+  </si>
+  <si>
+    <t>13/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2016 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615170/fr/examens-biologiques-de-recherche-du-virus-d-epstein-barr-ebv-dans-la-prise-en-charge-du-carcinome-du-rhinopharynx</t>
+  </si>
+  <si>
+    <t>c_2615170</t>
+  </si>
+  <si>
+    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du col de l’utérus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport est d’évaluer les données de sécurité et d’efficacité cliniques du traitement du cancer de col de l’utérus par Radiothérapie conformationnelle avec modulation d’intensité (RCMI), en vue de sa prise en charge par l’Assurance Maladie, le comparateur étant la radiothérapie conformationnelle en trois dimensions (RTC-3D).</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2015 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019236/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-col-de-l-uterus</t>
   </si>
   <si>
     <t>c_2019236</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 13 novembre 2025</t>
+  </si>
+  <si>
+    <t>14/11/2025 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737957/fr/college-deliberatif-du-13-novembre-2025</t>
+  </si>
+  <si>
+    <t>p_3737957</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juillet 2025</t>
+  </si>
+  <si>
+    <t>10/07/2025 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635468/fr/commission-de-la-transparence-reunion-du-16-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3635468</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 juillet 2025</t>
+  </si>
+  <si>
+    <t>02/07/2025 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634391/fr/commission-de-la-transparence-reunion-du-9-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3634391</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 1er juillet 2025</t>
+  </si>
+  <si>
+    <t>30/06/2025 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633111/fr/ceesp-reunion-du-1er-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3633111</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2025</t>
+  </si>
+  <si>
+    <t>09/05/2025 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604273/fr/commission-de-la-transparence-reunion-du-14-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3604273</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 25 Mars 2025</t>
+  </si>
+  <si>
+    <t>20/03/2025 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598147/fr/cnedimts-du-25-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3598147</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 14 Janvier 2025</t>
+  </si>
+  <si>
+    <t>15/01/2025 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576972/fr/cnedimts-du-14-janvier-2025</t>
+  </si>
+  <si>
+    <t>p_3576972</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 14 janvier 2025</t>
+  </si>
+  <si>
+    <t>06/01/2025 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576176/fr/ceesp-reunion-du-14-janvier-2025</t>
+  </si>
+  <si>
+    <t>p_3576176</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 décembre 2024</t>
+  </si>
+  <si>
+    <t>04/12/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3565815/fr/commission-de-la-transparence-reunion-du-11-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3565815</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 novembre 2024</t>
+  </si>
+  <si>
+    <t>21/11/2024 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3558226/fr/commission-de-la-transparence-reunion-du-27-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3558226</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 22 octobre 2024</t>
+  </si>
+  <si>
+    <t>21/10/2024 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550885/fr/cnedimts-du-22-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3550885</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 septembre 2024</t>
+  </si>
+  <si>
+    <t>18/09/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542599/fr/commission-de-la-transparence-reunion-du-25-septembre-2024</t>
+  </si>
+  <si>
+    <t>p_3542599</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 mai 2024</t>
+  </si>
+  <si>
+    <t>22/05/2024 13:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518494/fr/commission-de-la-transparence-reunion-du-29-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3518494</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2024</t>
+  </si>
+  <si>
+    <t>14/05/2024 18:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517111/fr/commission-de-la-transparence-reunion-du-15-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3517111</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 17 mars 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494653/fr/college-deliberatif-du-17-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3494653</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 25 mai 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494703/fr/college-deliberatif-du-25-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3494703</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 8 décembre 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494838/fr/college-deliberatif-du-8-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494838</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 24 octobre 2023</t>
+  </si>
+  <si>
+    <t>17/10/2023 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468378/fr/cnedimts-du-24-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3468378</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 25 juillet 2023</t>
+  </si>
+  <si>
+    <t>27/07/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454260/fr/cnedimts-du-25-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3454260</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 11 juillet 2023</t>
+  </si>
+  <si>
+    <t>07/07/2023 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451590/fr/cnedimts-du-11-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3451590</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 2 mai 2023</t>
+  </si>
+  <si>
+    <t>27/04/2023 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431509/fr/cnedimts-du-2-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3431509</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 février 2023</t>
+  </si>
+  <si>
+    <t>16/02/2023 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3413361/fr/commission-de-la-transparence-reunion-du-22-fevrier-2023</t>
+  </si>
+  <si>
+    <t>p_3413361</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 24 janvier 2023</t>
+  </si>
+  <si>
+    <t>20/01/2023 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406064/fr/cnedimts-du-24-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3406064</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 22 novembre 2022</t>
+  </si>
+  <si>
+    <t>17/11/2022 18:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388522/fr/cnedimts-du-22-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3388522</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 octobre 2022</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375695/fr/ceesp-reunion-du-11-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3375695</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 7 juin 2022</t>
+  </si>
+  <si>
+    <t>02/06/2022 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342439/fr/cnedimts-du-7-juin-2022</t>
+  </si>
+  <si>
+    <t>p_3342439</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 26 avril 2022</t>
+  </si>
+  <si>
+    <t>22/04/2022 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333108/fr/cnedimts-du-26-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3333108</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 16 novembre 2021</t>
+  </si>
+  <si>
+    <t>09/11/2021 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297529/fr/cnedimts-du-16-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3297529</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 30 mars 2022</t>
+  </si>
+  <si>
+    <t>22/03/2022 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325509/fr/commission-de-la-transparence-reunion-du-30-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3325509</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 7 septembre 2021</t>
+  </si>
+  <si>
+    <t>18/03/2022 11:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284624/fr/cnedimts-du-7-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284624</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 mars 2022</t>
+  </si>
+  <si>
+    <t>14/03/2022 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323689/fr/ceesp-reunion-du-15-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3323689</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 15 février 2022</t>
+  </si>
+  <si>
+    <t>10/02/2022 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316368/fr/cnedimts-du-15-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3316368</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 janvier 2022</t>
+  </si>
+  <si>
+    <t>20/01/2022 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310934/fr/college-deliberatif-du-20-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3310934</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 5 octobre 2021</t>
+  </si>
+  <si>
+    <t>01/10/2021 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290109/fr/cnedimts-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3290109</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 20 juillet 2021</t>
+  </si>
+  <si>
+    <t>19/07/2021 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278319/fr/cnedimts-du-20-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3278319</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 6 juillet 2021</t>
+  </si>
+  <si>
+    <t>05/07/2021 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275821/fr/cnedimts-du-6-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3275821</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 22 juin 2021</t>
+  </si>
+  <si>
+    <t>21/06/2021 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272741/fr/cnedimts-du-22-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3272741</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 25 mai 2021</t>
+  </si>
+  <si>
+    <t>21/05/2021 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267673/fr/cnedimts-du-25-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3267673</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 13 avril 2021</t>
+  </si>
+  <si>
+    <t>09/04/2021 08:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260312/fr/cnedimts-du-13-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3260312</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 30 mars 2021</t>
+  </si>
+  <si>
+    <t>29/03/2021 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245829/fr/cnedimts-du-30-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3245829</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 21 octobre 2020</t>
+  </si>
+  <si>
+    <t>14/10/2020 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212898/fr/commission-de-la-transparence-reunion-a-distance-du-21-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3212898</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 septembre 2020</t>
+  </si>
+  <si>
+    <t>02/09/2020 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199995/fr/commission-de-la-transparence-reunion-a-distance-du-9-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199995</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 1er Septembre 2020</t>
+  </si>
+  <si>
+    <t>28/08/2020 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199654/fr/cnedimts-reunion-du-1er-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199654</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 7 juillet 2020</t>
+  </si>
+  <si>
+    <t>03/07/2020 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192719/fr/cnedimts-reunion-du-7-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192719</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 10 mars 2020</t>
+  </si>
+  <si>
+    <t>05/03/2020 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160875/fr/cnedimts-reunion-du-10-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3160875</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 octobre 2019</t>
+  </si>
+  <si>
+    <t>11/10/2019 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112411/fr/ceesp-reunion-du-15-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3112411</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 octobre 2019</t>
+  </si>
+  <si>
+    <t>03/10/2019 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109726/fr/commission-de-la-transparence-reunion-du-9-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3109726</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 2 juillet 2019</t>
+  </si>
+  <si>
+    <t>25/06/2019 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108380/fr/cnedimts-reunion-du-2-juillet-2019</t>
+  </si>
+  <si>
+    <t>p_3108380</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 24 septembre 2019</t>
+  </si>
+  <si>
+    <t>17/09/2019 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3105720/fr/cnedimts-reunion-du-24-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3105720</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2019</t>
+  </si>
+  <si>
+    <t>10/07/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067815/fr/commission-de-la-transparence-reunion-du-26-juin-2019</t>
+  </si>
+  <si>
+    <t>p_3067815</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22 mai 2019</t>
+  </si>
+  <si>
+    <t>11/06/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973920/fr/college-deliberatif-du-22-mai-2019</t>
+  </si>
+  <si>
+    <t>c_2973920</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 04 juin 2019</t>
+  </si>
+  <si>
+    <t>28/05/2019 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971564/fr/cnedimts-reunion-du-04-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2971564</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 24 avril 2019</t>
+  </si>
+  <si>
+    <t>19/04/2019 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965059/fr/college-deliberatif-du-24-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2965059</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 4 décembre 2018</t>
+  </si>
+  <si>
+    <t>15/02/2019 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903027/fr/cnedimts-reunion-du-4-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2903027</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 22 octobre 2018</t>
+  </si>
+  <si>
+    <t>20/12/2018 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891138/fr/cnedimts-reunion-du-22-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2891138</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 25 septembre 2018</t>
+  </si>
+  <si>
+    <t>07/09/2018 10:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868998/fr/cnedimts-reunion-du-25-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2868998</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 2 mai 2017</t>
+  </si>
+  <si>
+    <t>15/06/2018 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797382/fr/cnedimts-reunion-du-2-mai-2017</t>
+  </si>
+  <si>
+    <t>c_2797382</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 29 mai 2018</t>
+  </si>
+  <si>
+    <t>25/05/2018 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851068/fr/cnedimts-reunion-du-29-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2851068</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 09 janvier 2018</t>
+  </si>
+  <si>
+    <t>02/01/2018 08:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2816652/fr/cnedimts-reunion-du-09-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2816652</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 20 mars 2018</t>
+  </si>
+  <si>
+    <t>15/03/2018 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834608/fr/cnedimts-reunion-du-20-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2834608</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 06 février 2018</t>
+  </si>
+  <si>
+    <t>31/01/2018 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824312/fr/cnedimts-reunion-du-06-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2824312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 janvier 2018</t>
+  </si>
+  <si>
+    <t>17/01/2018 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820787/fr/commission-de-la-transparence-reunion-du-24-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820787</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 07 novembre 2017</t>
+  </si>
+  <si>
+    <t>02/11/2017 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802096/fr/cnedimts-reunion-du-07-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2802096</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 24 octobre 2017</t>
+  </si>
+  <si>
+    <t>17/10/2017 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798927/fr/cnedimts-reunion-du-24-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2798927</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 10 octobre 2017</t>
+  </si>
+  <si>
+    <t>03/10/2017 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796658/fr/cnedimts-reunion-du-10-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2796658</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 12 septembre 2017</t>
+  </si>
+  <si>
+    <t>06/09/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792034/fr/cnedimts-reunion-du-12-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2792034</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 11 juillet 2017</t>
+  </si>
+  <si>
+    <t>05/07/2017 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778958/fr/cnedimts-reunion-du-11-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2778958</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 13 juin 2017</t>
+  </si>
+  <si>
+    <t>06/06/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772717/fr/cnedimts-reunion-du-13-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2772717</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 02 mai 2017</t>
+  </si>
+  <si>
+    <t>28/04/2017 09:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757667/fr/cnedimts-reunion-du-02-mai-2017</t>
+  </si>
+  <si>
+    <t>c_2757667</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 21 février 2017</t>
+  </si>
+  <si>
+    <t>17/02/2017 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746113/fr/cnedimts-reunion-du-21-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2746113</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 février 2017</t>
+  </si>
+  <si>
+    <t>01/02/2017 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743400/fr/commission-de-la-transparence-reunion-du-8-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2743400</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 10 janvier 2017</t>
+  </si>
+  <si>
+    <t>05/01/2017 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735165/fr/cnedimts-reunion-du-10-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2735165</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 4 octobre 2016</t>
+  </si>
+  <si>
+    <t>03/10/2016 12:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2673014/fr/cnedimts-reunion-du-4-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2673014</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2016</t>
+  </si>
+  <si>
+    <t>28/06/2016 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641665/fr/commission-de-la-transparence-reunion-du-6-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2641665</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 juin 2016</t>
+  </si>
+  <si>
+    <t>23/06/2016 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640876/fr/commission-de-la-transparence-reunion-du-29-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2640876</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 14 juin 2016</t>
+  </si>
+  <si>
+    <t>13/06/2016 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636874/fr/cnedimts-reunion-du-14-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2636874</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2016</t>
+  </si>
+  <si>
+    <t>01/06/2016 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635082/fr/commission-de-la-transparence-reunion-du-8-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2635082</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2016</t>
+  </si>
+  <si>
+    <t>20/05/2016 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632843/fr/commission-de-la-transparence-reunion-du-25-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2632843</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 19 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624056/fr/cnedimts-reunion-du-19-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624056</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 avril 2016</t>
+  </si>
+  <si>
+    <t>06/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2622639/fr/commission-de-la-transparence-reunion-du-13-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2622639</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 avril 2016</t>
+  </si>
+  <si>
+    <t>30/03/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620719/fr/commission-de-la-transparence-reunion-du-6-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2620719</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 février 2016</t>
+  </si>
+  <si>
+    <t>09/02/2016 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607552/fr/commission-de-la-transparence-reunion-du-17-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2607552</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juin 2015</t>
+  </si>
+  <si>
+    <t>10/06/2015 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038314/fr/commission-de-la-transparence-reunion-du-17-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2038314</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 2 décembre 2014</t>
+  </si>
+  <si>
+    <t>24/04/2015 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776914/fr/cnedimts-reunion-du-2-decembre-2014</t>
+  </si>
+  <si>
+    <t>c_1776914</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 avril 2015</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028978/fr/commission-de-la-transparence-reunion-du-29-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2028978</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 7 avril 2015</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030538/fr/cnedimts-reunion-du-7-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2030538</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2015</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019696/fr/commission-de-la-transparence-reunion-du-18-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2019696</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 17 juin 2014</t>
+  </si>
+  <si>
+    <t>13/10/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747099/fr/cnedimts-reunion-du-17-juin-2014</t>
+  </si>
+  <si>
+    <t>c_1747099</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 octobre 2014</t>
+  </si>
+  <si>
+    <t>10/10/2014 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1767049/fr/commission-de-la-transparence-reunion-du-15-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1767049</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 03 septembre 2014</t>
+  </si>
+  <si>
+    <t>27/08/2014 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760195/fr/commission-de-la-transparence-reunion-du-03-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1760195</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 mars 2014</t>
+  </si>
+  <si>
+    <t>14/03/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728868/fr/commission-de-la-transparence-reunion-du-19-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1728868</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2012</t>
+  </si>
+  <si>
+    <t>21/11/2012 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335194/fr/commission-de-la-transparence-reunion-du-21-novembre-2012</t>
+  </si>
+  <si>
+    <t>c_1335194</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2011</t>
+  </si>
+  <si>
+    <t>25/05/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058006/fr/commission-de-la-transparence-reunion-du-25-mai-2011</t>
+  </si>
+  <si>
+    <t>c_1058006</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 mars 2011</t>
+  </si>
+  <si>
+    <t>09/03/2011 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1030563/fr/commission-de-la-transparence-reunion-du-9-mars-2011</t>
+  </si>
+  <si>
+    <t>c_1030563</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 novembre 2009</t>
+  </si>
+  <si>
+    <t>04/11/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_871740/fr/commission-de-la-transparence-reunion-du-4-novembre-2009</t>
+  </si>
+  <si>
+    <t>c_871740</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 janvier 2010</t>
+  </si>
+  <si>
+    <t>27/01/2010 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_924917/fr/commission-de-la-transparence-reunion-du-27-janvier-2010</t>
+  </si>
+  <si>
+    <t>c_924917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 novembre 2007</t>
+  </si>
+  <si>
+    <t>07/11/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601597/fr/commission-de-la-transparence-reunion-du-7-novembre-2007</t>
+  </si>
+  <si>
+    <t>c_601597</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2026.0024/DC/SEM du 5 février 2026 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité ENHERTU (trastuzumab déruxtécan)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité ENHERTU (Trastuzumab déruxtécan) dans l'indication « en monothérapie dans le traitement des patients adultes présentant un adénocarcinome gastrique ou de la jonction oesogastrique (JOG) HER2-positif de stade avancé ayant reçu préalablement une seule ligne de traitement comportant le trastuzumab ».</t>
+  </si>
+  <si>
+    <t>05/02/2026 09:39:00</t>
+  </si>
+  <si>
+    <t>11/02/2026 12:31:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859808/fr/decision-n2026-0024/dc/sem-du-5-fevrier-2026-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-enhertu-trastuzumab-deruxtecan</t>
+  </si>
+  <si>
+    <t>p_3859808</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0261/DC/SEM du 13 novembre 2025 du collège de la Haute Autorité de santé portant renouvellement d’accès précoce de la spécialité JEMPERLI (dostarlimab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce renouvelée à la spécialité JEMPERLI (dostarlimab) dans l’indication « en association avec le carboplatine et le paclitaxel pour le traitement des patientes adultes atteintes d’un cancer de l’endomètre avancé nouvellement diagnostiqué ou récidivant, qui ne présente pas de déficience du système de réparation des mésappariements des bases / d’instabilité microsatellitaire (pMMR/MSS) ou dont le statut au regard de cette déficience n’est pas connu, et candidates à un traitement systémique ».</t>
+  </si>
+  <si>
+    <t>13/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:16:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741942/fr/decision-n-2025-0261/dc/sem-du-13-novembre-2025-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-d-acces-precoce-de-la-specialite-jemperli-dostarlimab</t>
+  </si>
+  <si>
+    <t>p_3741942</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0364/DC/SEM du 19 décembre 2024 du collège de la Haute Autorité de santé portant refus d’accès précoce des spécialités IMFINZI (durvalumab) et LYNPARZA (olaparib) en association</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée aux spécialités IMFINZI (durvalumab) et LYNPARZA (olaparib) en association dans l' indication « IMFINZI, en association au carboplatine et au paclitaxel est indiqué dans le traitement de première ligne des patientes adultes atteintes d’un cancer de l’endomètre avancé ou récurrent qui sont candidates à un traitement systémique, suivi d’un traitement d’entretien par IMFINZI en association à l’olaparib dans le cancer de l’endomètre qui ne présente pas de déficience du système MMR (pMMR). LYNPARZA en association au durvalumab pour le traitement d’entretien des patientes adultes atteintes d’un cancer de l’endomètre avancé ou récurrent qui présente une tumeur sans déficience du système MMR (pMMR), et dont la maladie n’a pas progressé durant la première ligne de traitement avec le durvalumab en association avec carboplatine et paclitaxel. »</t>
+  </si>
+  <si>
+    <t>19/12/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>07/01/2025 08:49:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576312/fr/decision-n2024-0364/dc/sem-du-19-decembre-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-des-specialites-imfinzi-durvalumab-et-lynparza-olaparib-en-association</t>
+  </si>
+  <si>
+    <t>p_3576312</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0257/DC/SEM du 3 octobre 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité JEMPERLI (dostarlimab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité JEMPERLI (dostarlimab) dans l’indication « en association avec le carboplatine et le paclitaxel pour le traitement des patientes adultes atteintes d’un cancer de l’endomètre avancé nouvellement diagnostiqué ou récidivant, qui ne présente pas de déficience du système de réparation des mésappariements des bases / d’instabilité microsatellitaire (pMMR/MSS) ou dont le statut au regard de cette déficience n’est pas connu, et candidates à un traitement systémique ».</t>
+  </si>
+  <si>
+    <t>03/10/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>14/10/2024 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547535/fr/decision-n-2024-0257/dc/sem-du-3-octobre-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-jemperli-dostarlimab</t>
+  </si>
+  <si>
+    <t>p_3547535</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0256/DC/SEM du 3 octobre 2024 du collège de la Haute Autorité de santé portant modification et renouvellement d’accès précoce de la spécialité JEMPERLI (dostarlimab)</t>
+  </si>
+  <si>
+    <t>L'autorisation d’accès précoce octroyée à la spécialité JEMPERLI (dostarlimab) dans l’indication « en association avec le carboplatine et le paclitaxel pour le traitement des patientes adultes atteintes d’un cancer de l’endomètre avancé nouvellement diagnostiqué ou récidivant, qui ne présente pas de déficience du système de réparation des mésappariements des bases / d’instabilité microsatellitaire (pMMR/MSS) ou dont le statut au regard de cette déficience n’est pas connu, et candidates à un traitement systémique ». est modifiée et renouvelée dans l'indication « en association avec le carboplatine et le paclitaxel pour le traitement des patientes adultes atteintes d’un cancer de l’endomètre (CE) avancé nouvellement diagnostiqué ou récidivant, qui présente une déficience du système de réparation des mésappariements des bases (dMMR) / une instabilité microsatellitaire élevée (MSI-H) et candidates à un traitement systémique ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547555/fr/decision-n-2024-0256/dc/sem-du-3-octobre-2024-du-college-de-la-haute-autorite-de-sante-portant-modification-et-renouvellement-d-acces-precoce-de-la-specialite-jemperli-dostarlimab</t>
+  </si>
+  <si>
+    <t>p_3547555</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0248/DC/SEM du 19 septembre 2024 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité TEVIMBRA (tislélizumab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité TEVIMBRA (tislélizumab) dans l’indication « en monothérapie dans le traitement des patients adultes atteints d’un carcinome épidermoïde de l’oesophage localement avancé non résécable ou métastatique, après une chimiothérapie antérieure à base de sels de platine ».</t>
+  </si>
+  <si>
+    <t>19/09/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>24/09/2024 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544498/fr/decision-n2024-0248/dc/sem-du-19-septembre-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-tevimbra-tislelizumab</t>
+  </si>
+  <si>
+    <t>p_3544498</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0138/DC/SEM du 23 mai 2024 du collège de la Haute Autorité de santé portant refus d’accès précoce des spécialités IMFINZI (durvalumab) et LYNPARZA (olaparib) en association</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée aux spécialités IMFINZI (durvalumab) et LYNPARZA (olaparib) en association dans les indications « traitement de première ligne pour les patientes adultes atteintes d’un cancer de l'endomètre avancé ou récurrent qui présente une tumeur sans déficience du système MMR (pMMR), par IMFINZI (durvalumab), en association au carboplatine et au paclitaxel, suivi d’un traitement d’entretien pour les patientes dont la maladie n’a pas progressé durant la phase de traitement par IMFINZI (durvalumab) en association au carboplatine et au paclitaxel, par IMFINZI (durvalumab) en association à LYNPARZA (olaparib) ».</t>
+  </si>
+  <si>
+    <t>23/05/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>31/05/2024 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519912/fr/decision-n2024-0138/dc/sem-du-23-mai-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-des-specialites-imfinzi-durvalumab-et-lynparza-olaparib-en-association</t>
+  </si>
+  <si>
+    <t>p_3519912</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0085/DC/SEM du 17 mars 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité KEYTRUDA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité KEYTRUDA (pembrolizumab) dans l'indication « en association avec le lenvatinib dans le traitement des patientes adultes atteintes de carcinome endométrial avancé ou récidivant présentant une progression de la maladie pendant ou suite au traitement ayant comporté une thérapie à base de platine quelle qu’en soit la ligne et qui ne sont pas éligibles à une chirurgie curative ou à la radiothérapie ».</t>
+  </si>
+  <si>
+    <t>17/03/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>22/03/2022 18:07:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325589/fr/decision-n-2022-0085/dc/sem-du-17-mars-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-keytruda</t>
+  </si>
+  <si>
+    <t>p_3325589</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0080/DC/SEM du 17 mars 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité LENVIMA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité LENVIMA (lenvatinib) dans l'indication « en association avec le pembrolizumab dans le traitement des patientes adultes atteintes de carcinome endométrial avancé ou récidivant présentant une progression de la maladie pendant ou suite au traitement ayant comporté une thérapie à base de platine quelle qu’en soit la ligne et qui ne sont pas éligibles à une chirurgie curative ou à la radiothérapie ».</t>
+  </si>
+  <si>
+    <t>22/03/2022 18:03:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325613/fr/decision-n-2022-0080/dc/sem-du-17-mars-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-lenvima</t>
+  </si>
+  <si>
+    <t>p_3325613</t>
+  </si>
+  <si>
+    <t>Décision n° 2019.0102/DC/SEESP du 22 mai 2019 du collège de la Haute Autorité de santé constatant l’impact significatif du produit KEYTRUDA en association au carboplatine et au paclitaxel ou au nab-paclitaxel sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 22 mai 2019 a constaté l'impact significatif du produit KEYTRUDA sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : " en association au carboplatine et au paclitaxel ou au nab-paclitaxel, dans l’indication du traitement de première ligne des patients adultes atteints de CBNPC métastatique épidermoïde ". ».</t>
+  </si>
+  <si>
+    <t>22/05/2019 10:40:00</t>
+  </si>
+  <si>
+    <t>19/02/2020 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152774/fr/decision-n-2019-0102/dc/seesp-du-22-mai-2019-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-keytruda-en-association-au-carboplatine-et-au-paclitaxel-ou-au-nab-paclitaxel-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3152774</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 22 mai 2019 a constaté l'impact significatif du produit KEYTRUDA en association au carboplatine et au paclitaxel ou au nab-paclitaxel sur les dépenses de l’assurance maladie. En conséquence, la Commission évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication du traitement de première ligne des patients adultes atteints de CBNPC métastatique épidermoïde.</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067205/fr/decision-n-2019-0102/dc/seesp-du-22-mai-2019-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-keytruda-en-association-au-carboplatine-et-au-paclitaxel-ou-au-nab-paclitaxel-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3067205</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0025/AC/SEM du 24 avril 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude Gempax »</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Gempax » présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>24/04/2019 15:55:00</t>
+  </si>
+  <si>
+    <t>06/05/2019 12:17:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966732/fr/avis-n-2019-0025/ac/sem-du-24-avril-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-gempax</t>
+  </si>
+  <si>
+    <t>c_2966732</t>
+  </si>
+  <si>
+    <t>Décision n° 2019.0032/DC/SEESP du 20 février 2019 collège de la Haute Autorité de santé constatant l’impact significatif du produit TECENTRIQ sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute Autorité de santé, en sa séance du 20 février 2019 a constaté l'impact significatif du produit TECENTRIQ sur les dépenses de l'assurance maladie. En conséquence, la commission évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans les deux indications suivantes : - en association au bevacizumab, paclitaxel et carboplatine, en première ligne de traitement des patients adultes atteints d’un cancer bronchique non à petites cellules (CBNPC) non épidermoïde métastatique ; - en association au bevacizumab, paclitaxel et carboplatine, chez les patients atteints d'un CBNPC avec EGFR muté ou réarrangement du gène ALK (ALK-positif), après échec des thérapies ciblées appropriées.</t>
+  </si>
+  <si>
+    <t>20/02/2019 13:22:00</t>
+  </si>
+  <si>
+    <t>22/03/2019 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911305/fr/decision-n-2019-0032/dc/seesp-du-20-fevrier-2019-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-tecentriq-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>c_2911305</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0160/DC/SEM du 26 septembre 2018 du collège de la Haute Autorité de santé portant la recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation, dans l’indication « Traitement de la dégénérescence maculaire liée à l’âge néovasculaire », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>26/09/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>11/10/2018 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877192/fr/decision-n-2018-0160/dc/sem-du-26-septembre-2018-du-college-de-la-haute-autorite-de-sante-portant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2877192</t>
+  </si>
+  <si>
+    <t>Avis n°2017.0097/AC/SEM du 22 novembre 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité ZEJULA (niraparib)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité ZEJULA (niraparib), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont :# − « En monothérapie pour le traitement d’entretien des patientes adultes atteintes d’un cancer épithélial séreux de haut grade de l’ovaire, des trompes de Fallope ou péritonéal primitif, sans mutation du gène BRCA (germinale et somatique), récidivant et sensible au platine, qui sont en réponse (réponse complète ou partielle) à une chimiothérapie à base de platine et éligibles au bevacizumab. − En monothérapie pour le traitement d’entretien des patientes adultes atteintes d’un cancer épithélial séreux de haut grade de l’ovaire, des trompes de Fallope ou péritonéal primitif, avec mutation du gène BRCA (germinale et somatique), récidivant et sensible au platine, qui sont en réponse (réponse complète ou partielle) à une chimiothérapie à base de platine et éligibles ou non au bevacizumab.»# Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.#</t>
+  </si>
+  <si>
+    <t>22/11/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>30/11/2017 16:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808768/fr/avis-n2017-0097/ac/sem-du-22-novembre-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-zejula-niraparib</t>
+  </si>
+  <si>
+    <t>c_2808768</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0001/AC/SEESP du 13 janvier 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité OPDIVO (nivolumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>13/01/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>21/03/2017 11:39:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751756/fr/avis-n-2016-0001/ac/seesp-du-13-janvier-2016-du-college-de-la-haute-autorite-de-sante-sur-l-efficience-de-la-prise-en-charge-par-l-assurance-maladie-de-la-specialite-opdivo-nivolumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2751756</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0027/AC/SEESP du 16 mars 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0027/AC/SEESP du 16 mars 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique"</t>
+  </si>
+  <si>
+    <t>16/03/2016 16:52:00</t>
+  </si>
+  <si>
+    <t>21/03/2017 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751763/fr/avis-n-2016-0027/ac/seesp-du-16-mars-2016-du-college-de-la-haute-autorite-de-sante-sur-l-efficience-de-la-prise-en-charge-par-l-assurance-maladie-de-la-specialite-keytruda-pembrolizumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2751763</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0062/DC/SEM du 23 mars 2016 du collège de la Haute Autorité de santé portant sur la recommandation relative à la prise en charge à titre dérogatoire de XALKORI (crizotinib) dans le cadre d’une recommandation temporaire d’utilisation - RTU ABROGEE 17 mars 2017 -</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # * le fait que le cancer du poumon, est en France, le 2ème cancer le plus fréquent chez l’homme et le 3ème chez la femme, ainsi que la 1ère cause de décès chez l’homme entre 45 et 64 ans et la 1ère cause de mortalité par cancer toutes populations confondues et qu’on ne dispose à ce jour d’aucune thérapeutique appropriée ; * l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec un réarrangement ROS 1 ; * le fait que l’utilisation de ce médicament ait un intérêt thérapeutique pour les patients ; le Collège de la HAS considère que les spécialités XALKORI 200 et 250 mg (crizotinib) peuvent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement du cancer du poumon non à petites cellules localement avancé ou métastatique avec réarrangement de ROS1 chez des patients en situation d’impasse thérapeutique » si le prescripteur estime qu’elles sont indispensables pour le traitement de ces patients. # *RTU abrogée le 17 mars 2017 par l'ANSM. La fin de cette RTU fait suite à la modification du 25 août 2016, par la Commission Européenne, de l’autorisation de mise sur le marché (AMM) de Xalkori , dans l’indication : «traitement des patients adultes ayant un cancer du poumon non à petites cellules (CPNPC) ROS1 (Proto-Oncogene 1, Receptor Tyrosine Kinase)-positif et avancé».*</t>
+  </si>
+  <si>
+    <t>23/03/2016 09:33:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620178/fr/decision-n2016-0062/dc/sem-du-23-mars-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-xalkori-crizotinib-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-17-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2620178</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0025/AC/SEM du 16 mars 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>16/03/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620216/fr/avis-n-2016-0025/ac/sem-du-16-mars-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-keytruda-pembrolizumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2620216</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0016/AC/SEM du 27 janvier 2016 du Collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité TAGRISSO (osimertinib) (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Dans les indications validées par le CHMP qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation, il existe des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>27/01/2016 10:19:00</t>
+  </si>
+  <si>
+    <t>11/02/2016 14:30:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608095/fr/avis-n-2016-0016/ac/sem-du-27-janvier-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-tagrisso-osimertinib-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2608095</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0002/AC/SEM du 13 janvier 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité OPDIVO (nivolumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>13/01/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:25:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588709/fr/avis-n-2016-0002/ac/sem-du-13-janvier-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-opdivo-nivolumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2588709</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0178/DC/SEM du 8 juillet 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire d'AVASTIN (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# * la dégénérescence maculaire liée à l’âge (DMLA), première de cause de malvoyance après 65 ans dans les pays occidentaux. * l’absence de spécialité remboursable de même principe actif, de même dosage et de même forme pharmaceutique ; * le fait que le bevacizumab ait un intérêt thérapeutique pour les patients atteints de dégénérescence maculaire liée à l’âge exsudative néovasculaire choroïdienne rétrofovéolaire,# le Collège de la HAS considère que la spécialité AVASTIN 25 mg/ml, solution à diluer pour perfusion peut faire l’objet d’une prise en charge dérogatoire dans le traitement de la dégénérescence maculaire liée à l’âge exsudative néovasculaire choroïdienne rétrofovéolaire dans les situations où le prescripteur juge son utilisation indispensable pour améliorer l’état de santé des patients ou éviter leur dégradation.</t>
+  </si>
+  <si>
+    <t>08/07/2015 17:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045913/fr/decision-n-2015-0178/dc/sem-du-8-juillet-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2045913</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0116/AC/SEM du 17 décembre 2014 du Collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité CYRAMZA 10 mg/ml (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>L’indication non définie dans l’ATU de cohorte mais incluse dans le libellé validé par le CHMP correspond à l’utilisation de CYRAMZA en monothérapie chez les patients adultes atteints d’un adénocarcinome gastrique ou de la jonction gastro-oesophagienne, localement avancé non resécable ou métastatique, dont la maladie a progressé après chimiothérapie à base de sels de platine et de fluoropyrimidine, chez lesquels l’association au paclitaxel n’est pas appropriée. Pour cette indication, la HAS n’a pas identifié d’alternative thérapeutique prise en charge par les régimes obligatoires de la sécurité sociale. Pour information, les recommandations françaises (TNCD) européennes (ESMO 2013) et américaines (NCCN 2014) préconisent principalement dans cette situation une monothérapie par docétaxel, paclitaxel ou irinotécan ou une association type FOLFIRI.</t>
+  </si>
+  <si>
+    <t>17/12/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>13/01/2015 16:37:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2005396/fr/avis-n-2014-0116/ac/sem-du-17-decembre-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-cyramza-10-mg/ml-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2005396</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>PAZENIR (paclitaxel (dans une formulation de nanoparticules liées à l’albumine))</t>
+  </si>
+  <si>
+    <t>20/05/2020 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112461/fr/pazenir-paclitaxel-dans-une-formulation-de-nanoparticules-liees-a-l-albumine</t>
+  </si>
+  <si>
+    <t>p_3112461</t>
+  </si>
+  <si>
+    <t>paclitaxel (dans une formulation de nanoparticules liées à l’albumine)</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3111991/fr/pazenir-paclitaxel-dans-une-formulation-de-nanoparticules-liees-a-l-albumine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184917/fr/pazenir-paclitaxel-dans-une-formulation-de-nanoparticules-liees-a-l-albumine</t>
   </si>
   <si>
     <t>ABRAXANE (paclitaxel)</t>
   </si>
   <si>
-    <t>09/30/2016 16:30:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983972/en/abraxane-paclitaxel</t>
+    <t>30/09/2016 16:30:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983972/fr/abraxane-paclitaxel</t>
   </si>
   <si>
     <t>pprd_2983972</t>
   </si>
   <si>
     <t>paclitaxel</t>
   </si>
   <si>
     <t>CELGENE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_923057/en/abraxane</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2671725/en/abraxane-paclitaxel</t>
+    <t>https://www.has-sante.fr/jcms/c_923057/fr/abraxane-paclitaxel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775575/fr/abraxane-paclitaxel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774154/fr/abraxane-paclitaxel-taxane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671725/fr/abraxane-paclitaxel</t>
+  </si>
+  <si>
+    <t>PACLITAXEL AHCL (paclitaxel)</t>
+  </si>
+  <si>
+    <t>30/07/2014 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984730/fr/paclitaxel-ahcl-paclitaxel</t>
+  </si>
+  <si>
+    <t>pprd_2984730</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756170/fr/paclitaxel-ahcl-paclitaxel</t>
+  </si>
+  <si>
+    <t>TAXOL (paclitaxel)</t>
+  </si>
+  <si>
+    <t>15/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985599/fr/taxol-paclitaxel</t>
+  </si>
+  <si>
+    <t>pprd_2985599</t>
+  </si>
+  <si>
+    <t>BRISTOL MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400949/fr/taxol-paclitaxel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400950/fr/taxol-paclitaxel</t>
+  </si>
+  <si>
+    <t>PAXENE (paclitaxel)</t>
+  </si>
+  <si>
+    <t>16/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985900/fr/paxene-paclitaxel</t>
+  </si>
+  <si>
+    <t>pprd_2985900</t>
+  </si>
+  <si>
+    <t>FAULDING PHARMACEUTICALS S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400011/fr/paxene-6-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-16-7-ml-boite-de-1-paxene-6-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-50-ml-boite-de-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J75"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" t="s">
+        <v>24</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" t="s">
         <v>17</v>
       </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+      <c r="I7" t="s">
+        <v>49</v>
+      </c>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8" t="s">
+        <v>55</v>
+      </c>
+      <c r="I8" t="s">
+        <v>17</v>
+      </c>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>59</v>
+      </c>
+      <c r="H9" t="s">
+        <v>60</v>
+      </c>
+      <c r="I9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10" t="s">
+        <v>66</v>
+      </c>
+      <c r="I10" t="s">
+        <v>67</v>
+      </c>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" t="s">
+        <v>71</v>
+      </c>
+      <c r="E11" t="s">
+        <v>72</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>73</v>
+      </c>
+      <c r="H11" t="s">
+        <v>74</v>
+      </c>
+      <c r="I11" t="s">
+        <v>75</v>
+      </c>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" t="s">
+        <v>79</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>80</v>
+      </c>
+      <c r="H12" t="s">
+        <v>81</v>
+      </c>
+      <c r="I12" t="s">
+        <v>75</v>
+      </c>
+      <c r="J12" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>82</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>83</v>
+      </c>
+      <c r="E13" t="s">
+        <v>84</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>85</v>
+      </c>
+      <c r="H13" t="s">
+        <v>86</v>
+      </c>
+      <c r="I13" t="s">
+        <v>67</v>
+      </c>
+      <c r="J13" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>88</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>91</v>
+      </c>
+      <c r="H14" t="s">
+        <v>92</v>
+      </c>
+      <c r="I14" t="s">
+        <v>93</v>
+      </c>
+      <c r="J14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>96</v>
+      </c>
+      <c r="E15" t="s">
+        <v>97</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>98</v>
+      </c>
+      <c r="H15" t="s">
+        <v>99</v>
+      </c>
+      <c r="I15" t="s">
+        <v>100</v>
+      </c>
+      <c r="J15" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>101</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>102</v>
+      </c>
+      <c r="E16" t="s">
+        <v>103</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>104</v>
+      </c>
+      <c r="H16" t="s">
+        <v>105</v>
+      </c>
+      <c r="I16" t="s">
+        <v>106</v>
+      </c>
+      <c r="J16" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
+        <v>106</v>
+      </c>
+      <c r="D17" t="s">
+        <v>102</v>
+      </c>
+      <c r="E17" t="s">
+        <v>108</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>109</v>
+      </c>
+      <c r="H17" t="s">
+        <v>110</v>
+      </c>
+      <c r="I17" t="s">
+        <v>106</v>
+      </c>
+      <c r="J17" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>112</v>
+      </c>
+      <c r="E18" t="s">
+        <v>113</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>114</v>
+      </c>
+      <c r="H18" t="s">
+        <v>115</v>
+      </c>
+      <c r="I18" t="s">
+        <v>116</v>
+      </c>
+      <c r="J18" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>117</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>118</v>
+      </c>
+      <c r="E19" t="s">
+        <v>119</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>120</v>
+      </c>
+      <c r="H19" t="s">
+        <v>121</v>
+      </c>
+      <c r="I19" t="s">
+        <v>106</v>
+      </c>
+      <c r="J19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>123</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>118</v>
+      </c>
+      <c r="E20" t="s">
+        <v>119</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>124</v>
+      </c>
+      <c r="H20" t="s">
+        <v>125</v>
+      </c>
+      <c r="I20" t="s">
+        <v>126</v>
+      </c>
+      <c r="J20" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>123</v>
+      </c>
+      <c r="C21" t="s">
+        <v>127</v>
+      </c>
+      <c r="D21" t="s">
+        <v>128</v>
+      </c>
+      <c r="E21" t="s">
+        <v>129</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>130</v>
+      </c>
+      <c r="H21" t="s">
+        <v>131</v>
+      </c>
+      <c r="I21" t="s">
+        <v>127</v>
+      </c>
+      <c r="J21" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>123</v>
+      </c>
+      <c r="C22" t="s">
+        <v>133</v>
+      </c>
+      <c r="D22" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" t="s">
+        <v>135</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>136</v>
+      </c>
+      <c r="H22" t="s">
+        <v>137</v>
+      </c>
+      <c r="I22" t="s">
+        <v>133</v>
+      </c>
+      <c r="J22" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>33</v>
+      </c>
+      <c r="C23" t="s">
+        <v>138</v>
+      </c>
+      <c r="D23" t="s">
+        <v>139</v>
+      </c>
+      <c r="E23" t="s">
+        <v>135</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>140</v>
+      </c>
+      <c r="H23" t="s">
+        <v>141</v>
+      </c>
+      <c r="I23" t="s">
+        <v>138</v>
+      </c>
+      <c r="J23" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>142</v>
+      </c>
+      <c r="C24" t="s">
+        <v>143</v>
+      </c>
+      <c r="D24" t="s">
+        <v>144</v>
+      </c>
+      <c r="E24" t="s">
+        <v>145</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>146</v>
+      </c>
+      <c r="H24" t="s">
+        <v>147</v>
+      </c>
+      <c r="I24" t="s">
+        <v>143</v>
+      </c>
+      <c r="J24" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>82</v>
+      </c>
+      <c r="C25" t="s">
+        <v>133</v>
+      </c>
+      <c r="D25" t="s">
+        <v>148</v>
+      </c>
+      <c r="E25" t="s">
+        <v>149</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>150</v>
+      </c>
+      <c r="H25" t="s">
+        <v>151</v>
+      </c>
+      <c r="I25" t="s">
+        <v>133</v>
+      </c>
+      <c r="J25" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>33</v>
+      </c>
+      <c r="C26" t="s">
+        <v>152</v>
+      </c>
+      <c r="D26" t="s">
+        <v>153</v>
+      </c>
+      <c r="E26" t="s">
+        <v>154</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>155</v>
+      </c>
+      <c r="H26" t="s">
+        <v>156</v>
+      </c>
+      <c r="I26" t="s">
+        <v>152</v>
+      </c>
+      <c r="J26" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>88</v>
+      </c>
+      <c r="C27" t="s">
+        <v>157</v>
+      </c>
+      <c r="D27" t="s">
+        <v>158</v>
+      </c>
+      <c r="E27" t="s">
+        <v>159</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>160</v>
+      </c>
+      <c r="H27" t="s">
+        <v>161</v>
+      </c>
+      <c r="I27" t="s">
+        <v>157</v>
+      </c>
+      <c r="J27" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>163</v>
+      </c>
+      <c r="C28" t="s">
+        <v>164</v>
+      </c>
+      <c r="D28" t="s">
+        <v>165</v>
+      </c>
+      <c r="E28" t="s">
+        <v>166</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>167</v>
+      </c>
+      <c r="H28" t="s">
+        <v>168</v>
+      </c>
+      <c r="I28" t="s">
+        <v>164</v>
+      </c>
+      <c r="J28" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>169</v>
+      </c>
+      <c r="C29" t="s">
+        <v>164</v>
+      </c>
+      <c r="D29" t="s">
+        <v>170</v>
+      </c>
+      <c r="E29" t="s">
+        <v>171</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>172</v>
+      </c>
+      <c r="H29" t="s">
+        <v>173</v>
+      </c>
+      <c r="I29" t="s">
+        <v>164</v>
+      </c>
+      <c r="J29" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>174</v>
+      </c>
+      <c r="C30" t="s">
+        <v>175</v>
+      </c>
+      <c r="D30" t="s">
+        <v>176</v>
+      </c>
+      <c r="E30" t="s">
+        <v>177</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>178</v>
+      </c>
+      <c r="H30" t="s">
+        <v>179</v>
+      </c>
+      <c r="I30" t="s">
+        <v>175</v>
+      </c>
+      <c r="J30" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>181</v>
+      </c>
+      <c r="C31" t="s">
+        <v>182</v>
+      </c>
+      <c r="D31" t="s">
+        <v>176</v>
+      </c>
+      <c r="E31" t="s">
+        <v>177</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>183</v>
+      </c>
+      <c r="H31" t="s">
+        <v>184</v>
+      </c>
+      <c r="I31" t="s">
+        <v>182</v>
+      </c>
+      <c r="J31" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>185</v>
+      </c>
+      <c r="C32" t="s">
+        <v>182</v>
+      </c>
+      <c r="D32" t="s">
+        <v>176</v>
+      </c>
+      <c r="E32" t="s">
+        <v>177</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>186</v>
+      </c>
+      <c r="H32" t="s">
+        <v>187</v>
+      </c>
+      <c r="I32" t="s">
+        <v>182</v>
+      </c>
+      <c r="J32" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>188</v>
+      </c>
+      <c r="C33" t="s">
+        <v>189</v>
+      </c>
+      <c r="D33" t="s">
+        <v>190</v>
+      </c>
+      <c r="E33" t="s">
+        <v>191</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>192</v>
+      </c>
+      <c r="H33" t="s">
+        <v>193</v>
+      </c>
+      <c r="I33" t="s">
+        <v>189</v>
+      </c>
+      <c r="J33" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>195</v>
+      </c>
+      <c r="C34" t="s">
+        <v>196</v>
+      </c>
+      <c r="D34" t="s">
+        <v>197</v>
+      </c>
+      <c r="E34" t="s">
+        <v>198</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>199</v>
+      </c>
+      <c r="H34" t="s">
+        <v>200</v>
+      </c>
+      <c r="I34" t="s">
+        <v>12</v>
+      </c>
+      <c r="J34" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>201</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>202</v>
+      </c>
+      <c r="E35" t="s">
+        <v>203</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>204</v>
+      </c>
+      <c r="H35" t="s">
+        <v>205</v>
+      </c>
+      <c r="I35" t="s">
+        <v>12</v>
+      </c>
+      <c r="J35" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>207</v>
+      </c>
+      <c r="C36" t="s">
+        <v>208</v>
+      </c>
+      <c r="D36" t="s">
+        <v>209</v>
+      </c>
+      <c r="E36" t="s">
+        <v>210</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>211</v>
+      </c>
+      <c r="H36" t="s">
+        <v>212</v>
+      </c>
+      <c r="I36" t="s">
+        <v>12</v>
+      </c>
+      <c r="J36" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>214</v>
+      </c>
+      <c r="C37" t="s">
+        <v>208</v>
+      </c>
+      <c r="D37" t="s">
+        <v>209</v>
+      </c>
+      <c r="E37" t="s">
+        <v>210</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>215</v>
+      </c>
+      <c r="H37" t="s">
+        <v>216</v>
+      </c>
+      <c r="I37" t="s">
+        <v>12</v>
+      </c>
+      <c r="J37" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>217</v>
+      </c>
+      <c r="C38" t="s">
+        <v>218</v>
+      </c>
+      <c r="D38" t="s">
+        <v>219</v>
+      </c>
+      <c r="E38" t="s">
+        <v>220</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>221</v>
+      </c>
+      <c r="H38" t="s">
+        <v>222</v>
+      </c>
+      <c r="I38" t="s">
+        <v>12</v>
+      </c>
+      <c r="J38" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>223</v>
+      </c>
+      <c r="C39" t="s">
+        <v>218</v>
+      </c>
+      <c r="D39" t="s">
+        <v>219</v>
+      </c>
+      <c r="E39" t="s">
+        <v>224</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>225</v>
+      </c>
+      <c r="H39" t="s">
+        <v>226</v>
+      </c>
+      <c r="I39" t="s">
+        <v>12</v>
+      </c>
+      <c r="J39" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>227</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>228</v>
+      </c>
+      <c r="E40" t="s">
+        <v>229</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>230</v>
+      </c>
+      <c r="H40" t="s">
+        <v>231</v>
+      </c>
+      <c r="I40" t="s">
+        <v>12</v>
+      </c>
+      <c r="J40" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>233</v>
+      </c>
+      <c r="C41" t="s">
+        <v>234</v>
+      </c>
+      <c r="D41" t="s">
+        <v>235</v>
+      </c>
+      <c r="E41" t="s">
+        <v>236</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>237</v>
+      </c>
+      <c r="H41" t="s">
+        <v>238</v>
+      </c>
+      <c r="I41" t="s">
+        <v>12</v>
+      </c>
+      <c r="J41" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>240</v>
+      </c>
+      <c r="C42" t="s">
+        <v>234</v>
+      </c>
+      <c r="D42" t="s">
+        <v>235</v>
+      </c>
+      <c r="E42" t="s">
+        <v>236</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>241</v>
+      </c>
+      <c r="H42" t="s">
+        <v>242</v>
+      </c>
+      <c r="I42" t="s">
+        <v>12</v>
+      </c>
+      <c r="J42" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>243</v>
+      </c>
+      <c r="C43" t="s">
+        <v>244</v>
+      </c>
+      <c r="D43" t="s">
+        <v>245</v>
+      </c>
+      <c r="E43" t="s">
+        <v>246</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>247</v>
+      </c>
+      <c r="H43" t="s">
+        <v>248</v>
+      </c>
+      <c r="I43" t="s">
+        <v>12</v>
+      </c>
+      <c r="J43" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>250</v>
+      </c>
+      <c r="C44" t="s">
+        <v>244</v>
+      </c>
+      <c r="D44" t="s">
+        <v>245</v>
+      </c>
+      <c r="E44" t="s">
+        <v>246</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>251</v>
+      </c>
+      <c r="H44" t="s">
+        <v>252</v>
+      </c>
+      <c r="I44" t="s">
+        <v>12</v>
+      </c>
+      <c r="J44" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>253</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>254</v>
+      </c>
+      <c r="E45" t="s">
+        <v>255</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>256</v>
+      </c>
+      <c r="H45" t="s">
+        <v>257</v>
+      </c>
+      <c r="I45" t="s">
+        <v>12</v>
+      </c>
+      <c r="J45" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>258</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>259</v>
+      </c>
+      <c r="E46" t="s">
+        <v>260</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>261</v>
+      </c>
+      <c r="H46" t="s">
+        <v>262</v>
+      </c>
+      <c r="I46" t="s">
+        <v>12</v>
+      </c>
+      <c r="J46" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>264</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>265</v>
+      </c>
+      <c r="E47" t="s">
+        <v>266</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>267</v>
+      </c>
+      <c r="H47" t="s">
+        <v>268</v>
+      </c>
+      <c r="I47" t="s">
+        <v>12</v>
+      </c>
+      <c r="J47" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>270</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>271</v>
+      </c>
+      <c r="E48" t="s">
+        <v>266</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>272</v>
+      </c>
+      <c r="H48" t="s">
+        <v>273</v>
+      </c>
+      <c r="I48" t="s">
+        <v>12</v>
+      </c>
+      <c r="J48" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>275</v>
+      </c>
+      <c r="C49" t="s">
+        <v>276</v>
+      </c>
+      <c r="D49" t="s">
+        <v>277</v>
+      </c>
+      <c r="E49" t="s">
+        <v>278</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>279</v>
+      </c>
+      <c r="H49" t="s">
+        <v>280</v>
+      </c>
+      <c r="I49" t="s">
+        <v>276</v>
+      </c>
+      <c r="J49" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
+        <v>282</v>
+      </c>
+      <c r="C50" t="s">
+        <v>276</v>
+      </c>
+      <c r="D50" t="s">
+        <v>277</v>
+      </c>
+      <c r="E50" t="s">
+        <v>278</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>283</v>
+      </c>
+      <c r="H50" t="s">
+        <v>284</v>
+      </c>
+      <c r="I50" t="s">
+        <v>276</v>
+      </c>
+      <c r="J50" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>286</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>287</v>
+      </c>
+      <c r="E51" t="s">
+        <v>288</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>289</v>
+      </c>
+      <c r="H51" t="s">
+        <v>290</v>
+      </c>
+      <c r="I51" t="s">
+        <v>12</v>
+      </c>
+      <c r="J51" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>286</v>
+      </c>
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>287</v>
+      </c>
+      <c r="E52" t="s">
+        <v>292</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>293</v>
+      </c>
+      <c r="H52" t="s">
+        <v>294</v>
+      </c>
+      <c r="I52" t="s">
+        <v>12</v>
+      </c>
+      <c r="J52" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>286</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>296</v>
+      </c>
+      <c r="E53" t="s">
+        <v>297</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>298</v>
+      </c>
+      <c r="H53" t="s">
+        <v>299</v>
+      </c>
+      <c r="I53" t="s">
+        <v>12</v>
+      </c>
+      <c r="J53" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>300</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>301</v>
+      </c>
+      <c r="E54" t="s">
+        <v>302</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>303</v>
+      </c>
+      <c r="H54" t="s">
+        <v>304</v>
+      </c>
+      <c r="I54" t="s">
+        <v>12</v>
+      </c>
+      <c r="J54" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>306</v>
+      </c>
+      <c r="C55" t="s">
+        <v>276</v>
+      </c>
+      <c r="D55" t="s">
+        <v>307</v>
+      </c>
+      <c r="E55" t="s">
+        <v>308</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>309</v>
+      </c>
+      <c r="H55" t="s">
+        <v>310</v>
+      </c>
+      <c r="I55" t="s">
+        <v>276</v>
+      </c>
+      <c r="J55" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
+        <v>300</v>
+      </c>
+      <c r="C56" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" t="s">
+        <v>312</v>
+      </c>
+      <c r="E56" t="s">
+        <v>313</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>314</v>
+      </c>
+      <c r="H56" t="s">
+        <v>315</v>
+      </c>
+      <c r="I56" t="s">
+        <v>12</v>
+      </c>
+      <c r="J56" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>316</v>
+      </c>
+      <c r="C57" t="s">
+        <v>12</v>
+      </c>
+      <c r="D57" t="s">
+        <v>317</v>
+      </c>
+      <c r="E57" t="s">
+        <v>318</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>319</v>
+      </c>
+      <c r="H57" t="s">
+        <v>320</v>
+      </c>
+      <c r="I57" t="s">
+        <v>12</v>
+      </c>
+      <c r="J57" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
+        <v>322</v>
+      </c>
+      <c r="C58" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" t="s">
+        <v>317</v>
+      </c>
+      <c r="E58" t="s">
+        <v>323</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>324</v>
+      </c>
+      <c r="H58" t="s">
+        <v>325</v>
+      </c>
+      <c r="I58" t="s">
+        <v>12</v>
+      </c>
+      <c r="J58" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
+        <v>326</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
+        <v>327</v>
+      </c>
+      <c r="E59" t="s">
+        <v>328</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>329</v>
+      </c>
+      <c r="H59" t="s">
+        <v>330</v>
+      </c>
+      <c r="I59" t="s">
+        <v>12</v>
+      </c>
+      <c r="J59" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
+        <v>331</v>
+      </c>
+      <c r="C60" t="s">
+        <v>12</v>
+      </c>
+      <c r="D60" t="s">
+        <v>332</v>
+      </c>
+      <c r="E60" t="s">
+        <v>333</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>334</v>
+      </c>
+      <c r="H60" t="s">
+        <v>335</v>
+      </c>
+      <c r="I60" t="s">
+        <v>12</v>
+      </c>
+      <c r="J60" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" t="s">
+        <v>336</v>
+      </c>
+      <c r="C61" t="s">
+        <v>12</v>
+      </c>
+      <c r="D61" t="s">
+        <v>337</v>
+      </c>
+      <c r="E61" t="s">
+        <v>338</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>339</v>
+      </c>
+      <c r="H61" t="s">
+        <v>340</v>
+      </c>
+      <c r="I61" t="s">
+        <v>12</v>
+      </c>
+      <c r="J61" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" t="s">
+        <v>300</v>
+      </c>
+      <c r="C62" t="s">
+        <v>12</v>
+      </c>
+      <c r="D62" t="s">
+        <v>342</v>
+      </c>
+      <c r="E62" t="s">
+        <v>343</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>344</v>
+      </c>
+      <c r="H62" t="s">
+        <v>345</v>
+      </c>
+      <c r="I62" t="s">
+        <v>12</v>
+      </c>
+      <c r="J62" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
+        <v>346</v>
+      </c>
+      <c r="C63" t="s">
+        <v>12</v>
+      </c>
+      <c r="D63" t="s">
+        <v>347</v>
+      </c>
+      <c r="E63" t="s">
+        <v>348</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>349</v>
+      </c>
+      <c r="H63" t="s">
+        <v>350</v>
+      </c>
+      <c r="I63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J63" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>10</v>
+      </c>
+      <c r="B64" t="s">
+        <v>351</v>
+      </c>
+      <c r="C64" t="s">
+        <v>12</v>
+      </c>
+      <c r="D64" t="s">
+        <v>352</v>
+      </c>
+      <c r="E64" t="s">
+        <v>353</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>354</v>
+      </c>
+      <c r="H64" t="s">
+        <v>355</v>
+      </c>
+      <c r="I64" t="s">
+        <v>12</v>
+      </c>
+      <c r="J64" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>10</v>
+      </c>
+      <c r="B65" t="s">
+        <v>357</v>
+      </c>
+      <c r="C65" t="s">
+        <v>12</v>
+      </c>
+      <c r="D65" t="s">
+        <v>352</v>
+      </c>
+      <c r="E65" t="s">
+        <v>358</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>359</v>
+      </c>
+      <c r="H65" t="s">
+        <v>360</v>
+      </c>
+      <c r="I65" t="s">
+        <v>12</v>
+      </c>
+      <c r="J65" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" t="s">
+        <v>286</v>
+      </c>
+      <c r="C66" t="s">
+        <v>12</v>
+      </c>
+      <c r="D66" t="s">
+        <v>361</v>
+      </c>
+      <c r="E66" t="s">
+        <v>362</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>363</v>
+      </c>
+      <c r="H66" t="s">
+        <v>364</v>
+      </c>
+      <c r="I66" t="s">
+        <v>12</v>
+      </c>
+      <c r="J66" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>10</v>
+      </c>
+      <c r="B67" t="s">
+        <v>322</v>
+      </c>
+      <c r="C67" t="s">
+        <v>12</v>
+      </c>
+      <c r="D67" t="s">
+        <v>365</v>
+      </c>
+      <c r="E67" t="s">
+        <v>366</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>367</v>
+      </c>
+      <c r="H67" t="s">
+        <v>368</v>
+      </c>
+      <c r="I67" t="s">
+        <v>12</v>
+      </c>
+      <c r="J67" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>10</v>
+      </c>
+      <c r="B68" t="s">
+        <v>286</v>
+      </c>
+      <c r="C68" t="s">
+        <v>12</v>
+      </c>
+      <c r="D68" t="s">
+        <v>369</v>
+      </c>
+      <c r="E68" t="s">
+        <v>370</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>371</v>
+      </c>
+      <c r="H68" t="s">
+        <v>372</v>
+      </c>
+      <c r="I68" t="s">
+        <v>12</v>
+      </c>
+      <c r="J68" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>10</v>
+      </c>
+      <c r="B69" t="s">
+        <v>373</v>
+      </c>
+      <c r="C69" t="s">
+        <v>12</v>
+      </c>
+      <c r="D69" t="s">
+        <v>374</v>
+      </c>
+      <c r="E69" t="s">
+        <v>374</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>375</v>
+      </c>
+      <c r="H69" t="s">
+        <v>376</v>
+      </c>
+      <c r="I69" t="s">
+        <v>12</v>
+      </c>
+      <c r="J69" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>10</v>
+      </c>
+      <c r="B70" t="s">
+        <v>373</v>
+      </c>
+      <c r="C70" t="s">
+        <v>12</v>
+      </c>
+      <c r="D70" t="s">
+        <v>378</v>
+      </c>
+      <c r="E70" t="s">
+        <v>378</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>379</v>
+      </c>
+      <c r="H70" t="s">
+        <v>380</v>
+      </c>
+      <c r="I70" t="s">
+        <v>12</v>
+      </c>
+      <c r="J70" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>10</v>
+      </c>
+      <c r="B71" t="s">
+        <v>381</v>
+      </c>
+      <c r="C71" t="s">
+        <v>12</v>
+      </c>
+      <c r="D71" t="s">
+        <v>382</v>
+      </c>
+      <c r="E71" t="s">
+        <v>382</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>383</v>
+      </c>
+      <c r="H71" t="s">
+        <v>384</v>
+      </c>
+      <c r="I71" t="s">
+        <v>12</v>
+      </c>
+      <c r="J71" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>10</v>
+      </c>
+      <c r="B72" t="s">
+        <v>322</v>
+      </c>
+      <c r="C72" t="s">
+        <v>12</v>
+      </c>
+      <c r="D72" t="s">
+        <v>382</v>
+      </c>
+      <c r="E72" t="s">
+        <v>382</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>385</v>
+      </c>
+      <c r="H72" t="s">
+        <v>386</v>
+      </c>
+      <c r="I72" t="s">
+        <v>12</v>
+      </c>
+      <c r="J72" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>10</v>
+      </c>
+      <c r="B73" t="s">
+        <v>286</v>
+      </c>
+      <c r="C73" t="s">
+        <v>12</v>
+      </c>
+      <c r="D73" t="s">
+        <v>387</v>
+      </c>
+      <c r="E73" t="s">
+        <v>387</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
+        <v>388</v>
+      </c>
+      <c r="H73" t="s">
+        <v>389</v>
+      </c>
+      <c r="I73" t="s">
+        <v>12</v>
+      </c>
+      <c r="J73" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>10</v>
+      </c>
+      <c r="B74" t="s">
+        <v>390</v>
+      </c>
+      <c r="C74" t="s">
+        <v>12</v>
+      </c>
+      <c r="D74" t="s">
+        <v>391</v>
+      </c>
+      <c r="E74" t="s">
+        <v>391</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>392</v>
+      </c>
+      <c r="H74" t="s">
+        <v>393</v>
+      </c>
+      <c r="I74" t="s">
+        <v>12</v>
+      </c>
+      <c r="J74" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>10</v>
+      </c>
+      <c r="B75" t="s">
+        <v>286</v>
+      </c>
+      <c r="C75" t="s">
+        <v>12</v>
+      </c>
+      <c r="D75" t="s">
+        <v>391</v>
+      </c>
+      <c r="E75" t="s">
+        <v>391</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>394</v>
+      </c>
+      <c r="H75" t="s">
+        <v>395</v>
+      </c>
+      <c r="I75" t="s">
+        <v>12</v>
+      </c>
+      <c r="J75" t="s">
+        <v>274</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>396</v>
+      </c>
+      <c r="B2" t="s">
+        <v>397</v>
+      </c>
+      <c r="C2" t="s">
+        <v>398</v>
+      </c>
+      <c r="D2" t="s">
+        <v>399</v>
+      </c>
+      <c r="E2" t="s">
+        <v>400</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>401</v>
+      </c>
+      <c r="H2" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>396</v>
+      </c>
+      <c r="B3" t="s">
+        <v>403</v>
+      </c>
+      <c r="C3" t="s">
+        <v>404</v>
+      </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>405</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>406</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>407</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>408</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>409</v>
+      </c>
+      <c r="B2" t="s">
+        <v>410</v>
+      </c>
+      <c r="C2" t="s">
+        <v>411</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>412</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>413</v>
+      </c>
+      <c r="H2" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>409</v>
+      </c>
+      <c r="B3" t="s">
+        <v>415</v>
+      </c>
+      <c r="C3" t="s">
+        <v>416</v>
+      </c>
+      <c r="D3" t="s">
+        <v>417</v>
+      </c>
+      <c r="E3" t="s">
+        <v>418</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>419</v>
+      </c>
+      <c r="H3" t="s">
+        <v>420</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>421</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>422</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>423</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>424</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>425</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>426</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>427</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>22</v>
+        <v>421</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>428</v>
       </c>
       <c r="C3" t="s">
-        <v>30</v>
+        <v>429</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>430</v>
       </c>
       <c r="E3" t="s">
-        <v>32</v>
+        <v>431</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>432</v>
       </c>
       <c r="H3" t="s">
-        <v>34</v>
+        <v>433</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>421</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>434</v>
       </c>
       <c r="C4" t="s">
-        <v>36</v>
+        <v>435</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>436</v>
       </c>
       <c r="E4" t="s">
-        <v>38</v>
+        <v>437</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>39</v>
+        <v>438</v>
       </c>
       <c r="H4" t="s">
-        <v>40</v>
+        <v>439</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>421</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>440</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>441</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>442</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>443</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>444</v>
       </c>
       <c r="H5" t="s">
-        <v>46</v>
+        <v>445</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>448</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>449</v>
       </c>
       <c r="E2" t="s">
-        <v>52</v>
+        <v>450</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>53</v>
+        <v>451</v>
       </c>
       <c r="H2" t="s">
-        <v>54</v>
+        <v>452</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>446</v>
+      </c>
+      <c r="B3" t="s">
+        <v>453</v>
+      </c>
+      <c r="C3" t="s">
+        <v>454</v>
+      </c>
+      <c r="D3" t="s">
+        <v>455</v>
+      </c>
+      <c r="E3" t="s">
+        <v>456</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>457</v>
+      </c>
+      <c r="H3" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>446</v>
+      </c>
+      <c r="B4" t="s">
+        <v>459</v>
+      </c>
+      <c r="C4" t="s">
+        <v>460</v>
+      </c>
+      <c r="D4" t="s">
+        <v>461</v>
+      </c>
+      <c r="E4" t="s">
+        <v>462</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>463</v>
+      </c>
+      <c r="H4" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>446</v>
+      </c>
+      <c r="B5" t="s">
+        <v>465</v>
+      </c>
+      <c r="C5" t="s">
+        <v>466</v>
+      </c>
+      <c r="D5" t="s">
+        <v>467</v>
+      </c>
+      <c r="E5" t="s">
+        <v>468</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>469</v>
+      </c>
+      <c r="H5" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>446</v>
+      </c>
+      <c r="B6" t="s">
+        <v>471</v>
+      </c>
+      <c r="C6" t="s">
+        <v>472</v>
+      </c>
+      <c r="D6" t="s">
+        <v>473</v>
+      </c>
+      <c r="E6" t="s">
+        <v>474</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>475</v>
+      </c>
+      <c r="H6" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>446</v>
+      </c>
+      <c r="B7" t="s">
+        <v>477</v>
+      </c>
+      <c r="C7" t="s">
+        <v>478</v>
+      </c>
+      <c r="D7" t="s">
+        <v>479</v>
+      </c>
+      <c r="E7" t="s">
+        <v>480</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>481</v>
+      </c>
+      <c r="H7" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>446</v>
+      </c>
+      <c r="B8" t="s">
+        <v>483</v>
+      </c>
+      <c r="C8" t="s">
+        <v>484</v>
+      </c>
+      <c r="D8" t="s">
+        <v>485</v>
+      </c>
+      <c r="E8" t="s">
+        <v>486</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>487</v>
+      </c>
+      <c r="H8" t="s">
+        <v>488</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I101"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B2" t="s">
+        <v>491</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>492</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>493</v>
+      </c>
+      <c r="H2" t="s">
+        <v>494</v>
       </c>
       <c r="I2" t="s">
-        <v>55</v>
+        <v>495</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>490</v>
+      </c>
+      <c r="B3" t="s">
+        <v>496</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>497</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>498</v>
+      </c>
+      <c r="H3" t="s">
+        <v>499</v>
+      </c>
+      <c r="I3" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>490</v>
+      </c>
+      <c r="B4" t="s">
+        <v>501</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>502</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>503</v>
+      </c>
+      <c r="H4" t="s">
+        <v>504</v>
+      </c>
+      <c r="I4" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>490</v>
+      </c>
+      <c r="B5" t="s">
+        <v>505</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>506</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>507</v>
+      </c>
+      <c r="H5" t="s">
+        <v>508</v>
+      </c>
+      <c r="I5" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B6" t="s">
+        <v>509</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>510</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>511</v>
+      </c>
+      <c r="H6" t="s">
+        <v>512</v>
+      </c>
+      <c r="I6" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>490</v>
+      </c>
+      <c r="B7" t="s">
+        <v>513</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>514</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>515</v>
+      </c>
+      <c r="H7" t="s">
+        <v>516</v>
+      </c>
+      <c r="I7" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>490</v>
+      </c>
+      <c r="B8" t="s">
+        <v>517</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>518</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>519</v>
+      </c>
+      <c r="H8" t="s">
+        <v>520</v>
+      </c>
+      <c r="I8" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>490</v>
+      </c>
+      <c r="B9" t="s">
+        <v>521</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>522</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>523</v>
+      </c>
+      <c r="H9" t="s">
+        <v>524</v>
+      </c>
+      <c r="I9" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>490</v>
+      </c>
+      <c r="B10" t="s">
+        <v>525</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>526</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>527</v>
+      </c>
+      <c r="H10" t="s">
+        <v>528</v>
+      </c>
+      <c r="I10" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>490</v>
+      </c>
+      <c r="B11" t="s">
+        <v>529</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>530</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>531</v>
+      </c>
+      <c r="H11" t="s">
+        <v>532</v>
+      </c>
+      <c r="I11" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>490</v>
+      </c>
+      <c r="B12" t="s">
+        <v>533</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>534</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>535</v>
+      </c>
+      <c r="H12" t="s">
+        <v>536</v>
+      </c>
+      <c r="I12" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>490</v>
+      </c>
+      <c r="B13" t="s">
+        <v>537</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>538</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>539</v>
+      </c>
+      <c r="H13" t="s">
+        <v>540</v>
+      </c>
+      <c r="I13" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>490</v>
+      </c>
+      <c r="B14" t="s">
+        <v>541</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>542</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>543</v>
+      </c>
+      <c r="H14" t="s">
+        <v>544</v>
+      </c>
+      <c r="I14" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>490</v>
+      </c>
+      <c r="B15" t="s">
+        <v>545</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>546</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>547</v>
+      </c>
+      <c r="H15" t="s">
+        <v>548</v>
+      </c>
+      <c r="I15" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>490</v>
+      </c>
+      <c r="B16" t="s">
+        <v>549</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>550</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>551</v>
+      </c>
+      <c r="H16" t="s">
+        <v>552</v>
+      </c>
+      <c r="I16" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>490</v>
+      </c>
+      <c r="B17" t="s">
+        <v>553</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>550</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>554</v>
+      </c>
+      <c r="H17" t="s">
+        <v>555</v>
+      </c>
+      <c r="I17" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>490</v>
+      </c>
+      <c r="B18" t="s">
+        <v>556</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>550</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>557</v>
+      </c>
+      <c r="H18" t="s">
+        <v>558</v>
+      </c>
+      <c r="I18" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>490</v>
+      </c>
+      <c r="B19" t="s">
+        <v>559</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>560</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>561</v>
+      </c>
+      <c r="H19" t="s">
+        <v>562</v>
+      </c>
+      <c r="I19" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>490</v>
+      </c>
+      <c r="B20" t="s">
+        <v>563</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>564</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>565</v>
+      </c>
+      <c r="H20" t="s">
+        <v>566</v>
+      </c>
+      <c r="I20" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>490</v>
+      </c>
+      <c r="B21" t="s">
+        <v>567</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>568</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>569</v>
+      </c>
+      <c r="H21" t="s">
+        <v>570</v>
+      </c>
+      <c r="I21" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>490</v>
+      </c>
+      <c r="B22" t="s">
+        <v>571</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>572</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>573</v>
+      </c>
+      <c r="H22" t="s">
+        <v>574</v>
+      </c>
+      <c r="I22" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>490</v>
+      </c>
+      <c r="B23" t="s">
+        <v>575</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>576</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>577</v>
+      </c>
+      <c r="H23" t="s">
+        <v>578</v>
+      </c>
+      <c r="I23" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>490</v>
+      </c>
+      <c r="B24" t="s">
+        <v>579</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>580</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>581</v>
+      </c>
+      <c r="H24" t="s">
+        <v>582</v>
+      </c>
+      <c r="I24" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>490</v>
+      </c>
+      <c r="B25" t="s">
+        <v>583</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>584</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>585</v>
+      </c>
+      <c r="H25" t="s">
+        <v>586</v>
+      </c>
+      <c r="I25" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>490</v>
+      </c>
+      <c r="B26" t="s">
+        <v>587</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>588</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>589</v>
+      </c>
+      <c r="H26" t="s">
+        <v>590</v>
+      </c>
+      <c r="I26" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>490</v>
+      </c>
+      <c r="B27" t="s">
+        <v>591</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>592</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>593</v>
+      </c>
+      <c r="H27" t="s">
+        <v>594</v>
+      </c>
+      <c r="I27" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>490</v>
+      </c>
+      <c r="B28" t="s">
+        <v>595</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>596</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>597</v>
+      </c>
+      <c r="H28" t="s">
+        <v>598</v>
+      </c>
+      <c r="I28" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>490</v>
+      </c>
+      <c r="B29" t="s">
+        <v>599</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>600</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>601</v>
+      </c>
+      <c r="H29" t="s">
+        <v>602</v>
+      </c>
+      <c r="I29" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>490</v>
+      </c>
+      <c r="B30" t="s">
+        <v>603</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>604</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>605</v>
+      </c>
+      <c r="H30" t="s">
+        <v>606</v>
+      </c>
+      <c r="I30" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>490</v>
+      </c>
+      <c r="B31" t="s">
+        <v>607</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>608</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>609</v>
+      </c>
+      <c r="H31" t="s">
+        <v>610</v>
+      </c>
+      <c r="I31" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>490</v>
+      </c>
+      <c r="B32" t="s">
+        <v>611</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>612</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>613</v>
+      </c>
+      <c r="H32" t="s">
+        <v>614</v>
+      </c>
+      <c r="I32" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>490</v>
+      </c>
+      <c r="B33" t="s">
+        <v>615</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>616</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>617</v>
+      </c>
+      <c r="H33" t="s">
+        <v>618</v>
+      </c>
+      <c r="I33" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>490</v>
+      </c>
+      <c r="B34" t="s">
+        <v>619</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>620</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>621</v>
+      </c>
+      <c r="H34" t="s">
+        <v>622</v>
+      </c>
+      <c r="I34" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>490</v>
+      </c>
+      <c r="B35" t="s">
+        <v>623</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>624</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>625</v>
+      </c>
+      <c r="H35" t="s">
+        <v>626</v>
+      </c>
+      <c r="I35" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>490</v>
+      </c>
+      <c r="B36" t="s">
+        <v>627</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>628</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>629</v>
+      </c>
+      <c r="H36" t="s">
+        <v>630</v>
+      </c>
+      <c r="I36" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>490</v>
+      </c>
+      <c r="B37" t="s">
+        <v>631</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>632</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>633</v>
+      </c>
+      <c r="H37" t="s">
+        <v>634</v>
+      </c>
+      <c r="I37" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>490</v>
+      </c>
+      <c r="B38" t="s">
+        <v>635</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>636</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>637</v>
+      </c>
+      <c r="H38" t="s">
+        <v>638</v>
+      </c>
+      <c r="I38" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>490</v>
+      </c>
+      <c r="B39" t="s">
+        <v>639</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>640</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>641</v>
+      </c>
+      <c r="H39" t="s">
+        <v>642</v>
+      </c>
+      <c r="I39" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>490</v>
+      </c>
+      <c r="B40" t="s">
+        <v>643</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>644</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>645</v>
+      </c>
+      <c r="H40" t="s">
+        <v>646</v>
+      </c>
+      <c r="I40" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>490</v>
+      </c>
+      <c r="B41" t="s">
+        <v>647</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>648</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>649</v>
+      </c>
+      <c r="H41" t="s">
+        <v>650</v>
+      </c>
+      <c r="I41" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>490</v>
+      </c>
+      <c r="B42" t="s">
+        <v>651</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>652</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>653</v>
+      </c>
+      <c r="H42" t="s">
+        <v>654</v>
+      </c>
+      <c r="I42" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>490</v>
+      </c>
+      <c r="B43" t="s">
+        <v>655</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>656</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>657</v>
+      </c>
+      <c r="H43" t="s">
+        <v>658</v>
+      </c>
+      <c r="I43" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>490</v>
+      </c>
+      <c r="B44" t="s">
+        <v>659</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>660</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>661</v>
+      </c>
+      <c r="H44" t="s">
+        <v>662</v>
+      </c>
+      <c r="I44" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>490</v>
+      </c>
+      <c r="B45" t="s">
+        <v>663</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>664</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>665</v>
+      </c>
+      <c r="H45" t="s">
+        <v>666</v>
+      </c>
+      <c r="I45" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>490</v>
+      </c>
+      <c r="B46" t="s">
+        <v>667</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>668</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>669</v>
+      </c>
+      <c r="H46" t="s">
+        <v>670</v>
+      </c>
+      <c r="I46" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>490</v>
+      </c>
+      <c r="B47" t="s">
+        <v>671</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>672</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>673</v>
+      </c>
+      <c r="H47" t="s">
+        <v>674</v>
+      </c>
+      <c r="I47" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>490</v>
+      </c>
+      <c r="B48" t="s">
+        <v>675</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>676</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>677</v>
+      </c>
+      <c r="H48" t="s">
+        <v>678</v>
+      </c>
+      <c r="I48" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>490</v>
+      </c>
+      <c r="B49" t="s">
+        <v>679</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>680</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>681</v>
+      </c>
+      <c r="H49" t="s">
+        <v>682</v>
+      </c>
+      <c r="I49" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>490</v>
+      </c>
+      <c r="B50" t="s">
+        <v>683</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>684</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>685</v>
+      </c>
+      <c r="H50" t="s">
+        <v>686</v>
+      </c>
+      <c r="I50" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>490</v>
+      </c>
+      <c r="B51" t="s">
+        <v>687</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>688</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>689</v>
+      </c>
+      <c r="H51" t="s">
+        <v>690</v>
+      </c>
+      <c r="I51" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>490</v>
+      </c>
+      <c r="B52" t="s">
+        <v>691</v>
+      </c>
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>692</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>693</v>
+      </c>
+      <c r="H52" t="s">
+        <v>694</v>
+      </c>
+      <c r="I52" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>490</v>
+      </c>
+      <c r="B53" t="s">
+        <v>695</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>696</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>697</v>
+      </c>
+      <c r="H53" t="s">
+        <v>698</v>
+      </c>
+      <c r="I53" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>490</v>
+      </c>
+      <c r="B54" t="s">
+        <v>699</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>700</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>701</v>
+      </c>
+      <c r="H54" t="s">
+        <v>702</v>
+      </c>
+      <c r="I54" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>490</v>
+      </c>
+      <c r="B55" t="s">
+        <v>703</v>
+      </c>
+      <c r="C55" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>704</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>705</v>
+      </c>
+      <c r="H55" t="s">
+        <v>706</v>
+      </c>
+      <c r="I55" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>490</v>
+      </c>
+      <c r="B56" t="s">
+        <v>707</v>
+      </c>
+      <c r="C56" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>708</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>709</v>
+      </c>
+      <c r="H56" t="s">
+        <v>710</v>
+      </c>
+      <c r="I56" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>490</v>
+      </c>
+      <c r="B57" t="s">
+        <v>711</v>
+      </c>
+      <c r="C57" t="s">
+        <v>12</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>712</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>713</v>
+      </c>
+      <c r="H57" t="s">
+        <v>714</v>
+      </c>
+      <c r="I57" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>490</v>
+      </c>
+      <c r="B58" t="s">
+        <v>715</v>
+      </c>
+      <c r="C58" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>716</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>717</v>
+      </c>
+      <c r="H58" t="s">
+        <v>718</v>
+      </c>
+      <c r="I58" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>490</v>
+      </c>
+      <c r="B59" t="s">
+        <v>719</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>720</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>721</v>
+      </c>
+      <c r="H59" t="s">
+        <v>722</v>
+      </c>
+      <c r="I59" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>490</v>
+      </c>
+      <c r="B60" t="s">
+        <v>723</v>
+      </c>
+      <c r="C60" t="s">
+        <v>12</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>724</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>725</v>
+      </c>
+      <c r="H60" t="s">
+        <v>726</v>
+      </c>
+      <c r="I60" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>490</v>
+      </c>
+      <c r="B61" t="s">
+        <v>727</v>
+      </c>
+      <c r="C61" t="s">
+        <v>12</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>728</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>729</v>
+      </c>
+      <c r="H61" t="s">
+        <v>730</v>
+      </c>
+      <c r="I61" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>490</v>
+      </c>
+      <c r="B62" t="s">
+        <v>731</v>
+      </c>
+      <c r="C62" t="s">
+        <v>12</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>732</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>733</v>
+      </c>
+      <c r="H62" t="s">
+        <v>734</v>
+      </c>
+      <c r="I62" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>490</v>
+      </c>
+      <c r="B63" t="s">
+        <v>735</v>
+      </c>
+      <c r="C63" t="s">
+        <v>12</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>736</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>737</v>
+      </c>
+      <c r="H63" t="s">
+        <v>738</v>
+      </c>
+      <c r="I63" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>490</v>
+      </c>
+      <c r="B64" t="s">
+        <v>739</v>
+      </c>
+      <c r="C64" t="s">
+        <v>12</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>740</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>741</v>
+      </c>
+      <c r="H64" t="s">
+        <v>742</v>
+      </c>
+      <c r="I64" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>490</v>
+      </c>
+      <c r="B65" t="s">
+        <v>743</v>
+      </c>
+      <c r="C65" t="s">
+        <v>12</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>744</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>745</v>
+      </c>
+      <c r="H65" t="s">
+        <v>746</v>
+      </c>
+      <c r="I65" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>490</v>
+      </c>
+      <c r="B66" t="s">
+        <v>747</v>
+      </c>
+      <c r="C66" t="s">
+        <v>12</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>748</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>749</v>
+      </c>
+      <c r="H66" t="s">
+        <v>750</v>
+      </c>
+      <c r="I66" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>490</v>
+      </c>
+      <c r="B67" t="s">
+        <v>751</v>
+      </c>
+      <c r="C67" t="s">
+        <v>12</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>752</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>753</v>
+      </c>
+      <c r="H67" t="s">
+        <v>754</v>
+      </c>
+      <c r="I67" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>490</v>
+      </c>
+      <c r="B68" t="s">
+        <v>755</v>
+      </c>
+      <c r="C68" t="s">
+        <v>12</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>756</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>757</v>
+      </c>
+      <c r="H68" t="s">
+        <v>758</v>
+      </c>
+      <c r="I68" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>490</v>
+      </c>
+      <c r="B69" t="s">
+        <v>759</v>
+      </c>
+      <c r="C69" t="s">
+        <v>12</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>760</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>761</v>
+      </c>
+      <c r="H69" t="s">
+        <v>762</v>
+      </c>
+      <c r="I69" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>490</v>
+      </c>
+      <c r="B70" t="s">
+        <v>763</v>
+      </c>
+      <c r="C70" t="s">
+        <v>12</v>
+      </c>
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>764</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>765</v>
+      </c>
+      <c r="H70" t="s">
+        <v>766</v>
+      </c>
+      <c r="I70" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>490</v>
+      </c>
+      <c r="B71" t="s">
+        <v>767</v>
+      </c>
+      <c r="C71" t="s">
+        <v>12</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>768</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>769</v>
+      </c>
+      <c r="H71" t="s">
+        <v>770</v>
+      </c>
+      <c r="I71" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>490</v>
+      </c>
+      <c r="B72" t="s">
+        <v>771</v>
+      </c>
+      <c r="C72" t="s">
+        <v>12</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>772</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>773</v>
+      </c>
+      <c r="H72" t="s">
+        <v>774</v>
+      </c>
+      <c r="I72" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>490</v>
+      </c>
+      <c r="B73" t="s">
+        <v>775</v>
+      </c>
+      <c r="C73" t="s">
+        <v>12</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>776</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
+        <v>777</v>
+      </c>
+      <c r="H73" t="s">
+        <v>778</v>
+      </c>
+      <c r="I73" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>490</v>
+      </c>
+      <c r="B74" t="s">
+        <v>779</v>
+      </c>
+      <c r="C74" t="s">
+        <v>12</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>780</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>781</v>
+      </c>
+      <c r="H74" t="s">
+        <v>782</v>
+      </c>
+      <c r="I74" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>490</v>
+      </c>
+      <c r="B75" t="s">
+        <v>783</v>
+      </c>
+      <c r="C75" t="s">
+        <v>12</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>784</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>785</v>
+      </c>
+      <c r="H75" t="s">
+        <v>786</v>
+      </c>
+      <c r="I75" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>490</v>
+      </c>
+      <c r="B76" t="s">
+        <v>787</v>
+      </c>
+      <c r="C76" t="s">
+        <v>12</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>788</v>
+      </c>
+      <c r="F76" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" t="s">
+        <v>789</v>
+      </c>
+      <c r="H76" t="s">
+        <v>790</v>
+      </c>
+      <c r="I76" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>490</v>
+      </c>
+      <c r="B77" t="s">
+        <v>791</v>
+      </c>
+      <c r="C77" t="s">
+        <v>12</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>792</v>
+      </c>
+      <c r="F77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" t="s">
+        <v>793</v>
+      </c>
+      <c r="H77" t="s">
+        <v>794</v>
+      </c>
+      <c r="I77" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>490</v>
+      </c>
+      <c r="B78" t="s">
+        <v>795</v>
+      </c>
+      <c r="C78" t="s">
+        <v>12</v>
+      </c>
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>796</v>
+      </c>
+      <c r="F78" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" t="s">
+        <v>797</v>
+      </c>
+      <c r="H78" t="s">
+        <v>798</v>
+      </c>
+      <c r="I78" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>490</v>
+      </c>
+      <c r="B79" t="s">
+        <v>799</v>
+      </c>
+      <c r="C79" t="s">
+        <v>12</v>
+      </c>
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>800</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
+        <v>801</v>
+      </c>
+      <c r="H79" t="s">
+        <v>802</v>
+      </c>
+      <c r="I79" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>490</v>
+      </c>
+      <c r="B80" t="s">
+        <v>803</v>
+      </c>
+      <c r="C80" t="s">
+        <v>12</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" t="s">
+        <v>804</v>
+      </c>
+      <c r="F80" t="s">
+        <v>12</v>
+      </c>
+      <c r="G80" t="s">
+        <v>805</v>
+      </c>
+      <c r="H80" t="s">
+        <v>806</v>
+      </c>
+      <c r="I80" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>490</v>
+      </c>
+      <c r="B81" t="s">
+        <v>807</v>
+      </c>
+      <c r="C81" t="s">
+        <v>12</v>
+      </c>
+      <c r="D81" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" t="s">
+        <v>808</v>
+      </c>
+      <c r="F81" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" t="s">
+        <v>809</v>
+      </c>
+      <c r="H81" t="s">
+        <v>810</v>
+      </c>
+      <c r="I81" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>490</v>
+      </c>
+      <c r="B82" t="s">
+        <v>811</v>
+      </c>
+      <c r="C82" t="s">
+        <v>12</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>812</v>
+      </c>
+      <c r="F82" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" t="s">
+        <v>813</v>
+      </c>
+      <c r="H82" t="s">
+        <v>814</v>
+      </c>
+      <c r="I82" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>490</v>
+      </c>
+      <c r="B83" t="s">
+        <v>815</v>
+      </c>
+      <c r="C83" t="s">
+        <v>12</v>
+      </c>
+      <c r="D83" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" t="s">
+        <v>816</v>
+      </c>
+      <c r="F83" t="s">
+        <v>12</v>
+      </c>
+      <c r="G83" t="s">
+        <v>817</v>
+      </c>
+      <c r="H83" t="s">
+        <v>818</v>
+      </c>
+      <c r="I83" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>490</v>
+      </c>
+      <c r="B84" t="s">
+        <v>819</v>
+      </c>
+      <c r="C84" t="s">
+        <v>12</v>
+      </c>
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" t="s">
+        <v>820</v>
+      </c>
+      <c r="F84" t="s">
+        <v>12</v>
+      </c>
+      <c r="G84" t="s">
+        <v>821</v>
+      </c>
+      <c r="H84" t="s">
+        <v>822</v>
+      </c>
+      <c r="I84" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>490</v>
+      </c>
+      <c r="B85" t="s">
+        <v>823</v>
+      </c>
+      <c r="C85" t="s">
+        <v>12</v>
+      </c>
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>824</v>
+      </c>
+      <c r="F85" t="s">
+        <v>12</v>
+      </c>
+      <c r="G85" t="s">
+        <v>825</v>
+      </c>
+      <c r="H85" t="s">
+        <v>826</v>
+      </c>
+      <c r="I85" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>490</v>
+      </c>
+      <c r="B86" t="s">
+        <v>827</v>
+      </c>
+      <c r="C86" t="s">
+        <v>12</v>
+      </c>
+      <c r="D86" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" t="s">
+        <v>828</v>
+      </c>
+      <c r="F86" t="s">
+        <v>12</v>
+      </c>
+      <c r="G86" t="s">
+        <v>829</v>
+      </c>
+      <c r="H86" t="s">
+        <v>830</v>
+      </c>
+      <c r="I86" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>490</v>
+      </c>
+      <c r="B87" t="s">
+        <v>831</v>
+      </c>
+      <c r="C87" t="s">
+        <v>12</v>
+      </c>
+      <c r="D87" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" t="s">
+        <v>832</v>
+      </c>
+      <c r="F87" t="s">
+        <v>12</v>
+      </c>
+      <c r="G87" t="s">
+        <v>833</v>
+      </c>
+      <c r="H87" t="s">
+        <v>834</v>
+      </c>
+      <c r="I87" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>490</v>
+      </c>
+      <c r="B88" t="s">
+        <v>835</v>
+      </c>
+      <c r="C88" t="s">
+        <v>12</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>836</v>
+      </c>
+      <c r="F88" t="s">
+        <v>12</v>
+      </c>
+      <c r="G88" t="s">
+        <v>837</v>
+      </c>
+      <c r="H88" t="s">
+        <v>838</v>
+      </c>
+      <c r="I88" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>490</v>
+      </c>
+      <c r="B89" t="s">
+        <v>839</v>
+      </c>
+      <c r="C89" t="s">
+        <v>12</v>
+      </c>
+      <c r="D89" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" t="s">
+        <v>836</v>
+      </c>
+      <c r="F89" t="s">
+        <v>12</v>
+      </c>
+      <c r="G89" t="s">
+        <v>840</v>
+      </c>
+      <c r="H89" t="s">
+        <v>841</v>
+      </c>
+      <c r="I89" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>490</v>
+      </c>
+      <c r="B90" t="s">
+        <v>842</v>
+      </c>
+      <c r="C90" t="s">
+        <v>12</v>
+      </c>
+      <c r="D90" t="s">
+        <v>12</v>
+      </c>
+      <c r="E90" t="s">
+        <v>836</v>
+      </c>
+      <c r="F90" t="s">
+        <v>12</v>
+      </c>
+      <c r="G90" t="s">
+        <v>843</v>
+      </c>
+      <c r="H90" t="s">
+        <v>844</v>
+      </c>
+      <c r="I90" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>490</v>
+      </c>
+      <c r="B91" t="s">
+        <v>845</v>
+      </c>
+      <c r="C91" t="s">
+        <v>12</v>
+      </c>
+      <c r="D91" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" t="s">
+        <v>846</v>
+      </c>
+      <c r="F91" t="s">
+        <v>12</v>
+      </c>
+      <c r="G91" t="s">
+        <v>847</v>
+      </c>
+      <c r="H91" t="s">
+        <v>848</v>
+      </c>
+      <c r="I91" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>490</v>
+      </c>
+      <c r="B92" t="s">
+        <v>849</v>
+      </c>
+      <c r="C92" t="s">
+        <v>12</v>
+      </c>
+      <c r="D92" t="s">
+        <v>12</v>
+      </c>
+      <c r="E92" t="s">
+        <v>850</v>
+      </c>
+      <c r="F92" t="s">
+        <v>12</v>
+      </c>
+      <c r="G92" t="s">
+        <v>851</v>
+      </c>
+      <c r="H92" t="s">
+        <v>852</v>
+      </c>
+      <c r="I92" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>490</v>
+      </c>
+      <c r="B93" t="s">
+        <v>853</v>
+      </c>
+      <c r="C93" t="s">
+        <v>12</v>
+      </c>
+      <c r="D93" t="s">
+        <v>12</v>
+      </c>
+      <c r="E93" t="s">
+        <v>854</v>
+      </c>
+      <c r="F93" t="s">
+        <v>12</v>
+      </c>
+      <c r="G93" t="s">
+        <v>855</v>
+      </c>
+      <c r="H93" t="s">
+        <v>856</v>
+      </c>
+      <c r="I93" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>490</v>
+      </c>
+      <c r="B94" t="s">
+        <v>857</v>
+      </c>
+      <c r="C94" t="s">
+        <v>12</v>
+      </c>
+      <c r="D94" t="s">
+        <v>12</v>
+      </c>
+      <c r="E94" t="s">
+        <v>858</v>
+      </c>
+      <c r="F94" t="s">
+        <v>12</v>
+      </c>
+      <c r="G94" t="s">
+        <v>859</v>
+      </c>
+      <c r="H94" t="s">
+        <v>860</v>
+      </c>
+      <c r="I94" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>490</v>
+      </c>
+      <c r="B95" t="s">
+        <v>861</v>
+      </c>
+      <c r="C95" t="s">
+        <v>12</v>
+      </c>
+      <c r="D95" t="s">
+        <v>12</v>
+      </c>
+      <c r="E95" t="s">
+        <v>862</v>
+      </c>
+      <c r="F95" t="s">
+        <v>12</v>
+      </c>
+      <c r="G95" t="s">
+        <v>863</v>
+      </c>
+      <c r="H95" t="s">
+        <v>864</v>
+      </c>
+      <c r="I95" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>490</v>
+      </c>
+      <c r="B96" t="s">
+        <v>865</v>
+      </c>
+      <c r="C96" t="s">
+        <v>12</v>
+      </c>
+      <c r="D96" t="s">
+        <v>12</v>
+      </c>
+      <c r="E96" t="s">
+        <v>866</v>
+      </c>
+      <c r="F96" t="s">
+        <v>12</v>
+      </c>
+      <c r="G96" t="s">
+        <v>867</v>
+      </c>
+      <c r="H96" t="s">
+        <v>868</v>
+      </c>
+      <c r="I96" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>490</v>
+      </c>
+      <c r="B97" t="s">
+        <v>869</v>
+      </c>
+      <c r="C97" t="s">
+        <v>12</v>
+      </c>
+      <c r="D97" t="s">
+        <v>12</v>
+      </c>
+      <c r="E97" t="s">
+        <v>870</v>
+      </c>
+      <c r="F97" t="s">
+        <v>12</v>
+      </c>
+      <c r="G97" t="s">
+        <v>871</v>
+      </c>
+      <c r="H97" t="s">
+        <v>872</v>
+      </c>
+      <c r="I97" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>490</v>
+      </c>
+      <c r="B98" t="s">
+        <v>873</v>
+      </c>
+      <c r="C98" t="s">
+        <v>12</v>
+      </c>
+      <c r="D98" t="s">
+        <v>12</v>
+      </c>
+      <c r="E98" t="s">
+        <v>874</v>
+      </c>
+      <c r="F98" t="s">
+        <v>12</v>
+      </c>
+      <c r="G98" t="s">
+        <v>875</v>
+      </c>
+      <c r="H98" t="s">
+        <v>876</v>
+      </c>
+      <c r="I98" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>490</v>
+      </c>
+      <c r="B99" t="s">
+        <v>877</v>
+      </c>
+      <c r="C99" t="s">
+        <v>12</v>
+      </c>
+      <c r="D99" t="s">
+        <v>12</v>
+      </c>
+      <c r="E99" t="s">
+        <v>878</v>
+      </c>
+      <c r="F99" t="s">
+        <v>12</v>
+      </c>
+      <c r="G99" t="s">
+        <v>879</v>
+      </c>
+      <c r="H99" t="s">
+        <v>880</v>
+      </c>
+      <c r="I99" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>490</v>
+      </c>
+      <c r="B100" t="s">
+        <v>881</v>
+      </c>
+      <c r="C100" t="s">
+        <v>12</v>
+      </c>
+      <c r="D100" t="s">
+        <v>12</v>
+      </c>
+      <c r="E100" t="s">
+        <v>882</v>
+      </c>
+      <c r="F100" t="s">
+        <v>12</v>
+      </c>
+      <c r="G100" t="s">
+        <v>883</v>
+      </c>
+      <c r="H100" t="s">
+        <v>884</v>
+      </c>
+      <c r="I100" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>490</v>
+      </c>
+      <c r="B101" t="s">
+        <v>885</v>
+      </c>
+      <c r="C101" t="s">
+        <v>12</v>
+      </c>
+      <c r="D101" t="s">
+        <v>12</v>
+      </c>
+      <c r="E101" t="s">
+        <v>886</v>
+      </c>
+      <c r="F101" t="s">
+        <v>12</v>
+      </c>
+      <c r="G101" t="s">
+        <v>887</v>
+      </c>
+      <c r="H101" t="s">
+        <v>888</v>
+      </c>
+      <c r="I101" t="s">
+        <v>500</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>889</v>
+      </c>
+      <c r="B2" t="s">
+        <v>890</v>
+      </c>
+      <c r="C2" t="s">
+        <v>891</v>
+      </c>
+      <c r="D2" t="s">
+        <v>892</v>
+      </c>
+      <c r="E2" t="s">
+        <v>893</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>894</v>
+      </c>
+      <c r="H2" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>889</v>
+      </c>
+      <c r="B3" t="s">
+        <v>896</v>
+      </c>
+      <c r="C3" t="s">
+        <v>897</v>
+      </c>
+      <c r="D3" t="s">
+        <v>898</v>
+      </c>
+      <c r="E3" t="s">
+        <v>899</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>900</v>
+      </c>
+      <c r="H3" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>889</v>
+      </c>
+      <c r="B4" t="s">
+        <v>902</v>
+      </c>
+      <c r="C4" t="s">
+        <v>903</v>
+      </c>
+      <c r="D4" t="s">
+        <v>904</v>
+      </c>
+      <c r="E4" t="s">
+        <v>905</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>906</v>
+      </c>
+      <c r="H4" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>889</v>
+      </c>
+      <c r="B5" t="s">
+        <v>908</v>
+      </c>
+      <c r="C5" t="s">
+        <v>909</v>
+      </c>
+      <c r="D5" t="s">
+        <v>910</v>
+      </c>
+      <c r="E5" t="s">
+        <v>911</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>912</v>
+      </c>
+      <c r="H5" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>889</v>
+      </c>
+      <c r="B6" t="s">
+        <v>914</v>
+      </c>
+      <c r="C6" t="s">
+        <v>915</v>
+      </c>
+      <c r="D6" t="s">
+        <v>910</v>
+      </c>
+      <c r="E6" t="s">
+        <v>911</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>916</v>
+      </c>
+      <c r="H6" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>889</v>
+      </c>
+      <c r="B7" t="s">
+        <v>918</v>
+      </c>
+      <c r="C7" t="s">
+        <v>919</v>
+      </c>
+      <c r="D7" t="s">
+        <v>920</v>
+      </c>
+      <c r="E7" t="s">
+        <v>921</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>922</v>
+      </c>
+      <c r="H7" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>889</v>
+      </c>
+      <c r="B8" t="s">
+        <v>924</v>
+      </c>
+      <c r="C8" t="s">
+        <v>925</v>
+      </c>
+      <c r="D8" t="s">
+        <v>926</v>
+      </c>
+      <c r="E8" t="s">
+        <v>927</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>928</v>
+      </c>
+      <c r="H8" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>889</v>
+      </c>
+      <c r="B9" t="s">
+        <v>930</v>
+      </c>
+      <c r="C9" t="s">
+        <v>931</v>
+      </c>
+      <c r="D9" t="s">
+        <v>932</v>
+      </c>
+      <c r="E9" t="s">
+        <v>933</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>934</v>
+      </c>
+      <c r="H9" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>889</v>
+      </c>
+      <c r="B10" t="s">
+        <v>936</v>
+      </c>
+      <c r="C10" t="s">
+        <v>937</v>
+      </c>
+      <c r="D10" t="s">
+        <v>932</v>
+      </c>
+      <c r="E10" t="s">
+        <v>938</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>939</v>
+      </c>
+      <c r="H10" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>889</v>
+      </c>
+      <c r="B11" t="s">
+        <v>941</v>
+      </c>
+      <c r="C11" t="s">
+        <v>942</v>
+      </c>
+      <c r="D11" t="s">
+        <v>943</v>
+      </c>
+      <c r="E11" t="s">
+        <v>944</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>945</v>
+      </c>
+      <c r="H11" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>889</v>
+      </c>
+      <c r="B12" t="s">
+        <v>941</v>
+      </c>
+      <c r="C12" t="s">
+        <v>947</v>
+      </c>
+      <c r="D12" t="s">
+        <v>943</v>
+      </c>
+      <c r="E12" t="s">
+        <v>948</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>949</v>
+      </c>
+      <c r="H12" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>889</v>
+      </c>
+      <c r="B13" t="s">
+        <v>951</v>
+      </c>
+      <c r="C13" t="s">
+        <v>952</v>
+      </c>
+      <c r="D13" t="s">
+        <v>953</v>
+      </c>
+      <c r="E13" t="s">
+        <v>954</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>955</v>
+      </c>
+      <c r="H13" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>889</v>
+      </c>
+      <c r="B14" t="s">
+        <v>957</v>
+      </c>
+      <c r="C14" t="s">
+        <v>958</v>
+      </c>
+      <c r="D14" t="s">
+        <v>959</v>
+      </c>
+      <c r="E14" t="s">
+        <v>960</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>961</v>
+      </c>
+      <c r="H14" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>889</v>
+      </c>
+      <c r="B15" t="s">
+        <v>963</v>
+      </c>
+      <c r="C15" t="s">
+        <v>964</v>
+      </c>
+      <c r="D15" t="s">
+        <v>965</v>
+      </c>
+      <c r="E15" t="s">
+        <v>966</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>967</v>
+      </c>
+      <c r="H15" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>889</v>
+      </c>
+      <c r="B16" t="s">
+        <v>969</v>
+      </c>
+      <c r="C16" t="s">
+        <v>970</v>
+      </c>
+      <c r="D16" t="s">
+        <v>971</v>
+      </c>
+      <c r="E16" t="s">
+        <v>972</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>973</v>
+      </c>
+      <c r="H16" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>889</v>
+      </c>
+      <c r="B17" t="s">
+        <v>975</v>
+      </c>
+      <c r="C17" t="s">
+        <v>975</v>
+      </c>
+      <c r="D17" t="s">
+        <v>976</v>
+      </c>
+      <c r="E17" t="s">
+        <v>977</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>978</v>
+      </c>
+      <c r="H17" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>889</v>
+      </c>
+      <c r="B18" t="s">
+        <v>980</v>
+      </c>
+      <c r="C18" t="s">
+        <v>981</v>
+      </c>
+      <c r="D18" t="s">
+        <v>982</v>
+      </c>
+      <c r="E18" t="s">
+        <v>983</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>984</v>
+      </c>
+      <c r="H18" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>889</v>
+      </c>
+      <c r="B19" t="s">
+        <v>986</v>
+      </c>
+      <c r="C19" t="s">
+        <v>987</v>
+      </c>
+      <c r="D19" t="s">
+        <v>988</v>
+      </c>
+      <c r="E19" t="s">
+        <v>989</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>990</v>
+      </c>
+      <c r="H19" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>889</v>
+      </c>
+      <c r="B20" t="s">
+        <v>992</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>993</v>
+      </c>
+      <c r="E20" t="s">
+        <v>989</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>994</v>
+      </c>
+      <c r="H20" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>889</v>
+      </c>
+      <c r="B21" t="s">
+        <v>996</v>
+      </c>
+      <c r="C21" t="s">
+        <v>997</v>
+      </c>
+      <c r="D21" t="s">
+        <v>998</v>
+      </c>
+      <c r="E21" t="s">
+        <v>999</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>889</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>889</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>889</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1026</v>
       </c>
       <c r="J2" t="s">
-        <v>56</v>
+        <v>1027</v>
       </c>
       <c r="K2" t="s">
-        <v>57</v>
+        <v>1028</v>
       </c>
       <c r="L2" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1043</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1034</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1044</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1034</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1050</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1051</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1034</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1057</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1058</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>