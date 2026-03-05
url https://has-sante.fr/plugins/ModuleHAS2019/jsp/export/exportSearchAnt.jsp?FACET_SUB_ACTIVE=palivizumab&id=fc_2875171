--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -6,290 +6,290 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="131">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant un canal atrioventriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un canal atrioventriculaire (CAV). Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319066/fr/prise-en-charge-des-patients-ayant-un-canal-atrioventriculaire</t>
+  </si>
+  <si>
+    <t>p_3319066</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Malformations pulmonaires congénitales de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant avec malformation pulmonaire congénitale. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/06/2021 10:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272442/fr/malformations-pulmonaires-congenitales-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3272442</t>
+  </si>
+  <si>
+    <t>Amyotrophie spinale infantile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amyotrophie spinale infantile. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245042/fr/amyotrophie-spinale-infantile</t>
+  </si>
+  <si>
+    <t>p_3245042</t>
+  </si>
+  <si>
+    <t>Hernie de Coupole Diaphragmatique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant atteint de Hernie de Coupole Diaphragmatique. Il a été élaboré par le Centre de référence de la Hernie de Coupole Diaphragmatique et la Filière de santé maladies rares abdomino-thoraciques FIMATHO, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/10/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332738/fr/hernie-de-coupole-diaphragmatique</t>
+  </si>
+  <si>
+    <t>c_1332738</t>
+  </si>
+  <si>
+    <t>Atrésie de l’œsophage</t>
+  </si>
+  <si>
+    <t>17/12/2018 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_715169/fr/atresie-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>c_715169</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Nirsévimab (Beyfortus ®) dans la prévention des bronchiolites à virus respiratoire syncytial (VRS) chez les nouveau-nés et les nourrissons</t>
   </si>
   <si>
     <t>Cette publication a pour objectif d’accompagner les professionnels de santé dans l’utilisation du nirsévimab (Beyfortus®) en traitement préventif des infections des voies respiratoires inférieures (bronchiolites) à VRS, chez les nouveau-nés et les nourrissons au cours de leur première saison de circulation du VRS.</t>
   </si>
   <si>
     <t>14/09/2023 00:00:00</t>
   </si>
   <si>
     <t>14/09/2023 18:17:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3461236/fr/nirsevimab-beyfortus-dans-la-prevention-des-bronchiolites-a-virus-respiratoire-syncytial-vrs-chez-les-nouveau-nes-et-les-nourrissons</t>
   </si>
   <si>
     <t>p_3461236</t>
   </si>
   <si>
     <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
   </si>
   <si>
     <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
   </si>
   <si>
     <t>06/11/2019 00:00:00</t>
   </si>
   <si>
     <t>14/11/2019 00:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
   </si>
   <si>
     <t>p_3118113</t>
-  </si>
-[...151 lines deleted...]
-    <t>c_699967</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Intérêt des tests rapides d’orientation diagnostique (TROD) antigéniques COVID/grippe et COVID/grippe/VRS en ville</t>
   </si>
   <si>
     <t>L’objectif de ce travail est de se prononcer sur l’intérêt médical de recourir à des tests rapides d’orientation diagnostique, dits TROD, pour rechercher en contexte de ville (typiquement au cours d’une consultation en cabinet médical) les principaux virus responsables d’infections respiratoires aiguës susceptibles de co-circuler de façon épidémique en période hivernale, en l’espèce le VRS, les virus influenza et le SARS-CoV-2, respectivement responsables de la majorité des bronchiolites, de la grippe et de la COVID-19</t>
   </si>
   <si>
     <t>01/06/2023 00:00:00</t>
   </si>
   <si>
     <t>13/06/2023 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3444489/fr/interet-des-tests-rapides-d-orientation-diagnostique-trod-antigeniques-covid/grippe-et-covid/grippe/vrs-en-ville</t>
   </si>
   <si>
     <t>p_3444489</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
@@ -470,431 +470,431 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
+      <c r="C4" t="s">
         <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>46</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>46</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" t="s">
+        <v>46</v>
+      </c>
+      <c r="E11" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H11" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="E2" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="H2" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="C3" t="s">
-        <v>29</v>
+        <v>68</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>69</v>
       </c>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>31</v>
+        <v>71</v>
       </c>
       <c r="H3" t="s">
-        <v>32</v>
-[...206 lines deleted...]
-      <c r="H11" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -911,51 +911,51 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>73</v>
       </c>
       <c r="B2" t="s">
         <v>74</v>
       </c>
       <c r="C2" t="s">
         <v>75</v>
       </c>
       <c r="D2" t="s">
         <v>76</v>
       </c>
       <c r="E2" t="s">
         <v>77</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>78</v>
       </c>
       <c r="H2" t="s">
         <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
@@ -971,176 +971,176 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>81</v>
       </c>
       <c r="B2" t="s">
         <v>82</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>83</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>84</v>
       </c>
       <c r="H2" t="s">
         <v>85</v>
       </c>
       <c r="I2" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>81</v>
       </c>
       <c r="B3" t="s">
         <v>87</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>88</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>89</v>
       </c>
       <c r="H3" t="s">
         <v>90</v>
       </c>
       <c r="I3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>81</v>
       </c>
       <c r="B4" t="s">
         <v>91</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>92</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>93</v>
       </c>
       <c r="H4" t="s">
         <v>94</v>
       </c>
       <c r="I4" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>81</v>
       </c>
       <c r="B5" t="s">
         <v>95</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>96</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>97</v>
       </c>
       <c r="H5" t="s">
         <v>98</v>
       </c>
       <c r="I5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>81</v>
       </c>
       <c r="B6" t="s">
         <v>99</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>100</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>101</v>
       </c>
       <c r="H6" t="s">
         <v>102</v>
       </c>
       <c r="I6" t="s">
         <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
@@ -1165,51 +1165,51 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>103</v>
       </c>
       <c r="B2" t="s">
         <v>104</v>
       </c>
       <c r="C2" t="s">
         <v>105</v>
       </c>
       <c r="D2" t="s">
         <v>106</v>
       </c>
       <c r="E2" t="s">
         <v>107</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>108</v>
       </c>
       <c r="H2" t="s">
         <v>109</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
@@ -1231,60 +1231,60 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>110</v>
       </c>
       <c r="J1" t="s">
         <v>111</v>
       </c>
       <c r="K1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>113</v>
       </c>
       <c r="B2" t="s">
         <v>114</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>115</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>116</v>
       </c>
       <c r="H2" t="s">
         <v>117</v>
       </c>
       <c r="I2" t="s">
         <v>118</v>
       </c>
       <c r="J2" t="s">
         <v>119</v>
       </c>
       <c r="K2" t="s">
         <v>120</v>
       </c>
       <c r="L2" t="s">
         <v>121</v>
       </c>
       <c r="M2" t="s">
         <v>122</v>
       </c>
       <c r="N2" t="s">
         <v>123</v>
       </c>
@@ -1321,57 +1321,57 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>125</v>
       </c>
       <c r="B2" t="s">
         <v>126</v>
       </c>
       <c r="C2" t="s">
         <v>127</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>128</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>129</v>
       </c>
       <c r="H2" t="s">
         <v>130</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>