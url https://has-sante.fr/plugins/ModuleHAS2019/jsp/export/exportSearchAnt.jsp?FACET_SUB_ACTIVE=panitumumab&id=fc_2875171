--- v0 (2025-10-16)
+++ v1 (2026-01-17)
@@ -1,197 +1,347 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="149" uniqueCount="77">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...11 lines deleted...]
-    <t>04/07/2014 15:40:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Test compagnon associé à une thérapie ciblée : définitions et méthode d’évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est d’exposer les fondements théoriques et méthodologiques de l’évaluation d’un test diagnostique, nommé test compagnon, permettant de sélectionner par l’identification d’un marqueur prédictif les patients seuls susceptibles de recevoir un bénéfice d’une thérapie dite ciblée.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/04/2014 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
+    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983684/en/vectibix</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>THERASPHERE</t>
+  </si>
+  <si>
+    <t>28/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>21/08/2020 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197014/fr/therasphere</t>
+  </si>
+  <si>
+    <t>p_3197014</t>
+  </si>
+  <si>
+    <t>Microsphères d’Yttrium-90</t>
+  </si>
+  <si>
+    <t>BTG</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Définition des conditions de réalisation des tests de détection des mutations activatrices de l’EGFR et des mutations BRAF, NRAS, et KRAS</t>
+  </si>
+  <si>
+    <t>L'évaluation de la HAS vise à préciser la population cible et les conditions de réalisation des quatre tests de détection des mutations activatrices du gène codant pour le domaine tyrosine kinase du récepteur EGFR (EGFR-TK) et des mutations des gènes BRAF, NRAS, et KRAS, en vue de permettre leur hiérarchisation et la mise en œuvre de la procédure de leur inscription sur la liste des actes et prestations.</t>
+  </si>
+  <si>
+    <t>09/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2021 09:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194755/fr/definition-des-conditions-de-realisation-des-tests-de-detection-des-mutations-activatrices-de-l-egfr-et-des-mutations-braf-nras-et-kras</t>
+  </si>
+  <si>
+    <t>p_3194755</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 9 février 2021</t>
+  </si>
+  <si>
+    <t>05/03/2021 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240773/fr/ceesp-reunion-du-9-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3240773</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 03 septembre 2014</t>
+  </si>
+  <si>
+    <t>27/08/2014 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760195/fr/commission-de-la-transparence-reunion-du-03-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1760195</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 27 mai 2014</t>
+  </si>
+  <si>
+    <t>29/07/2014 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757150/fr/ceesp-reunion-du-27-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1757150</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 avril 2014</t>
+  </si>
+  <si>
+    <t>06/06/2014 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1745322/fr/ceesp-reunion-du-15-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1745322</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2014</t>
+  </si>
+  <si>
+    <t>09/05/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740119/fr/commission-de-la-transparence-reunion-du-14-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1740119</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 octobre 2012</t>
+  </si>
+  <si>
+    <t>03/10/2012 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1314598/fr/commission-de-la-transparence-reunion-du-3-octobre-2012</t>
+  </si>
+  <si>
+    <t>c_1314598</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 avril 2008</t>
+  </si>
+  <si>
+    <t>30/04/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_660958/fr/commission-de-la-transparence-reunion-du-30-avril-2008</t>
+  </si>
+  <si>
+    <t>c_660958</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>VECTIBIX (panitumumab/ panitumumab ((MAMMIFERE/HAMSTER/CELLULES CHO)))</t>
+  </si>
+  <si>
+    <t>07/12/2017 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983684/fr/vectibix-panitumumab/-panitumumab-mammifere/hamster/cellules-cho</t>
   </si>
   <si>
     <t>pprd_2983684</t>
   </si>
   <si>
     <t>panitumumab,panitumumab ((MAMMIFERE/HAMSTER/CELLULES CHO))</t>
   </si>
   <si>
     <t>AMGEN S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_664009/en/vectibix</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1763229/en/vectibix</t>
+    <t>https://www.has-sante.fr/jcms/c_664009/fr/vectibix-panitumumab/-panitumumab-mammifere/hamster/cellules-cho</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332065/fr/vectibix-panitumumab/-panitumumab-mammifere/hamster/cellules-cho</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751867/fr/vectibix-panitumumab/-panitumumab-mammifere/hamster/cellules-cho</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763229/fr/vectibix-panitumumab-anticorps-monoclonal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -218,128 +368,518 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+      <c r="I2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>42</v>
+      </c>
+      <c r="H3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4" t="s">
+        <v>47</v>
+      </c>
+      <c r="I4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6" t="s">
+        <v>55</v>
+      </c>
+      <c r="I6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7" t="s">
+        <v>59</v>
+      </c>
+      <c r="I7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8" t="s">
+        <v>63</v>
+      </c>
+      <c r="I8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="J1" t="s">
         <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>