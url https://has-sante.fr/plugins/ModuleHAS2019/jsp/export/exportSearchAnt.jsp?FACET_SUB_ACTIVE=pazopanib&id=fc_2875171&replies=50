--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,270 +1,1030 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="96">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2019</t>
+  </si>
+  <si>
+    <t>16/05/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968693/fr/commission-de-la-transparence-reunion-du-10-juillet-2019</t>
+  </si>
+  <si>
+    <t>c_2968693</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 octobre 2017</t>
+  </si>
+  <si>
+    <t>04/10/2017 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796750/fr/commission-de-la-transparence-reunion-du-11-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2796750</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 8 novembre 2016</t>
+  </si>
+  <si>
+    <t>17/02/2017 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746109/fr/ceesp-reunion-du-8-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2746109</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 avril 2016</t>
+  </si>
+  <si>
+    <t>06/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2622639/fr/commission-de-la-transparence-reunion-du-13-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2622639</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 septembre 2015</t>
+  </si>
+  <si>
+    <t>18/09/2015 13:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060953/fr/commission-de-la-transparence-reunion-du-23-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2060953</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mai 2015</t>
+  </si>
+  <si>
+    <t>13/05/2015 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034553/fr/commission-de-la-transparence-reunion-du-20-mai-2015</t>
+  </si>
+  <si>
+    <t>c_2034553</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 17 septembre 2013</t>
+  </si>
+  <si>
+    <t>09/01/2014 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716166/fr/ceesp-reunion-du-17-septembre-2013</t>
+  </si>
+  <si>
+    <t>c_1716166</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2013</t>
+  </si>
+  <si>
+    <t>26/06/2013 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603005/fr/commission-de-la-transparence-reunion-du-26-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1603005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 mars 2013</t>
+  </si>
+  <si>
+    <t>06/03/2013 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364406/fr/commission-de-la-transparence-reunion-du-6-mars-2013</t>
+  </si>
+  <si>
+    <t>c_1364406</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2013</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité CARDASA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>23/01/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1353476/fr/commission-de-la-transparence-reunion-du-23-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1353476</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 décembre 2012</t>
+  </si>
+  <si>
+    <t>19/12/2012 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343639/fr/commission-de-la-transparence-reunion-du-19-decembre-2012</t>
+  </si>
+  <si>
+    <t>c_1343639</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 février 2011</t>
+  </si>
+  <si>
+    <t>02/02/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021670/fr/commission-de-la-transparence-reunion-du-2-fevrier-2011</t>
+  </si>
+  <si>
+    <t>c_1021670</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 octobre 2010</t>
+  </si>
+  <si>
+    <t>20/10/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993081/fr/commission-de-la-transparence-reunion-du-20-octobre-2010</t>
+  </si>
+  <si>
+    <t>c_993081</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>VOTRIENT (pazopanib)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984388/en/votrient-pazopanib</t>
+    <t>06/12/2019 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984388/fr/votrient-pazopanib</t>
   </si>
   <si>
     <t>pprd_2984388</t>
   </si>
   <si>
     <t>pazopanib</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1024751/en/votrient</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3118709/en/votrient-pazopanib</t>
+    <t>https://www.has-sante.fr/jcms/c_1024751/fr/votrient-pazopanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359730/fr/votrient-pazopanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623661/fr/votrient-pazopanib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2560232/fr/votrient-pazopanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3103874/fr/votrient-pazopanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118709/fr/votrient-pazopanib</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B2" t="s">
+        <v>22</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>30</v>
+      </c>
+      <c r="I3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+      <c r="I4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+      <c r="I7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+      <c r="I8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
+      <c r="I9" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>57</v>
+      </c>
+      <c r="H10" t="s">
+        <v>58</v>
+      </c>
+      <c r="I10" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>60</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11" t="s">
+        <v>62</v>
+      </c>
+      <c r="I11" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>66</v>
+      </c>
+      <c r="H12" t="s">
+        <v>67</v>
+      </c>
+      <c r="I12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>21</v>
+      </c>
+      <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>69</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>71</v>
+      </c>
+      <c r="I13" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>74</v>
+      </c>
+      <c r="H14" t="s">
+        <v>75</v>
+      </c>
+      <c r="I14" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>77</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>78</v>
+      </c>
+      <c r="H15" t="s">
+        <v>79</v>
+      </c>
+      <c r="I15" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>80</v>
+      </c>
+      <c r="J1" t="s">
+        <v>81</v>
+      </c>
+      <c r="K1" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>86</v>
+      </c>
+      <c r="H2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I2" t="s">
+        <v>88</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>89</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>90</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
       <c r="P2" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
       <c r="Q2" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>