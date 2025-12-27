--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -1,237 +1,476 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2025</t>
+  </si>
+  <si>
+    <t>09/05/2025 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604273/fr/commission-de-la-transparence-reunion-du-14-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3604273</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ACEMAP (penfluridol)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3609905/en/acemap-penfluridol</t>
+    <t>13/06/2025 16:45:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609905/fr/acemap-penfluridol</t>
   </si>
   <si>
     <t>p_3609905</t>
   </si>
   <si>
     <t>penfluridol</t>
   </si>
   <si>
     <t>INTSEL CHIMOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3609556/en/acemap-penfluridol-schizophrenia</t>
+    <t>https://www.has-sante.fr/jcms/p_3609556/fr/acemap-penfluridol-schizophrenie</t>
+  </si>
+  <si>
+    <t>SEMAP (penfluridol)</t>
+  </si>
+  <si>
+    <t>17/01/2007 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985469/fr/semap-penfluridol</t>
+  </si>
+  <si>
+    <t>pprd_2985469</t>
+  </si>
+  <si>
+    <t>Laboratoires JANSSEN CILAG SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486514/fr/semap-penfluridol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>17</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>23</v>
+      </c>
+      <c r="J1" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2" t="s">
+        <v>31</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+      <c r="I3" t="s">
+        <v>31</v>
+      </c>
+      <c r="J3" t="s">
+        <v>38</v>
+      </c>
+      <c r="K3" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>