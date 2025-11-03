--- v0 (2025-11-03)
+++ v1 (2025-11-03)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>01/09/2002 17:51:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>